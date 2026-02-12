--- v0 (2025-11-21)
+++ v1 (2026-02-12)
@@ -1,87 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29721"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9BBDCA4F-26E9-430B-8F19-F2C83ABE1B93}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5BF5DF83-7F01-4452-B5DD-3071D443A100}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-16320" windowWidth="29040" windowHeight="15840" firstSheet="1" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" firstSheet="4" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="4" r:id="rId1"/>
     <sheet name="#1 Head of Household Income" sheetId="1" r:id="rId2"/>
     <sheet name="#2 Additional Household Income" sheetId="6" r:id="rId3"/>
     <sheet name="#3 Additional Household Income" sheetId="2" r:id="rId4"/>
-    <sheet name="2025 Federal Poverty Guidelines" sheetId="5" r:id="rId5"/>
+    <sheet name="2026 Federal Poverty Guidelines" sheetId="5" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'#1 Head of Household Income'!$A$1:$F$32</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'#2 Additional Household Income'!$A$1:$F$28</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'#3 Additional Household Income'!$A$1:$F$28</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="I17" i="5" l="1"/>
   <c r="I11" i="5"/>
   <c r="H17" i="5"/>
   <c r="G17" i="5"/>
   <c r="H11" i="5"/>
   <c r="G11" i="5"/>
   <c r="G5" i="5"/>
   <c r="C5" i="5"/>
   <c r="B5" i="5"/>
   <c r="B11" i="5"/>
   <c r="C17" i="5"/>
   <c r="B17" i="5"/>
   <c r="C11" i="5"/>
   <c r="I5" i="5" l="1"/>
   <c r="H5" i="5"/>
   <c r="C23" i="1"/>
   <c r="D11" i="5" l="1"/>
@@ -125,609 +134,151 @@
   <c r="C25" i="2"/>
   <c r="C24" i="2"/>
   <c r="F7" i="2"/>
   <c r="F6" i="2"/>
   <c r="F5" i="2"/>
   <c r="F5" i="5" l="1"/>
   <c r="F17" i="5"/>
   <c r="F11" i="5"/>
   <c r="F26" i="6"/>
   <c r="C28" i="2"/>
   <c r="F26" i="2" s="1"/>
   <c r="F7" i="1"/>
   <c r="F6" i="1"/>
   <c r="F5" i="1"/>
   <c r="F26" i="1" l="1"/>
   <c r="C26" i="1"/>
   <c r="C25" i="1"/>
   <c r="C24" i="1"/>
   <c r="C28" i="1" l="1"/>
   <c r="F22" i="1" s="1"/>
   <c r="F28" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="346" uniqueCount="99">
-[...70 lines deleted...]
-    <t>Income Source</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="350" uniqueCount="99">
+  <si>
+    <t>FAMILY HOMELESS PREVENTION AND ASSISTANCE PROGRAM</t>
+  </si>
+  <si>
+    <t>INCOME CALCULATION WORKBOOK</t>
   </si>
   <si>
     <t>INSTRUCTIONS FOR COMPLETING THE INCOME CALCULATION WORKBOOK</t>
   </si>
   <si>
-    <t>Step 2:</t>
+    <t>For guidance regarding what income sources are to be included in income calculation, refer to the FHPAP Program Guide, Chapter 11 - Section 11.05 Household Income.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>NOTE:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Use of this workbook if a household has zero income is not required; however, documentation of the household's income must be clearly noted </t>
+    </r>
+  </si>
+  <si>
+    <t>in the household file.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Step 1</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">:  </t>
     </r>
   </si>
   <si>
-    <t>Head of Household Total Income Worksheet #1</t>
-[...90 lines deleted...]
-  <si>
     <t xml:space="preserve">On worksheet #1 - Head of Household (HoH) Income, enter the date the income assessment was completed and the HoH initials in cells F1 and F2, respectively.  </t>
-  </si>
-[...49 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">This also applies to worksheet #2 and #3 - Additional Household Income, </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>only</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> if you utilize those worksheets.</t>
     </r>
   </si>
   <si>
-    <t>In the table that best describes payment frequency, enter the pay stub amounts into the row that corresponds with how many pay stubs</t>
-[...142 lines deleted...]
-    <t>List Pay Periods</t>
+    <t>Step 2:</t>
   </si>
   <si>
     <t>Entering Head of Household (HoH) income on worksheet #1 - Head of Household Income.</t>
   </si>
   <si>
-    <t xml:space="preserve">       in cells B12, C12, and D12. Enter (in the applicable line and column) the pay period of the pay stubs collected. </t>
-[...131 lines deleted...]
-    <t>EARNED INCOME or UNEMPLOYMENT:  PAID WEEKLY</t>
+    <t xml:space="preserve"> </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Determine HoH Earned Income </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>or</t>
     </r>
@@ -753,86 +304,544 @@
       <t>Unemployment Income</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(if the HoH does not have earned or unemployment income, skip this section and proceed to Step 2.2).</t>
     </r>
   </si>
   <si>
+    <t xml:space="preserve">         A.  Obtain a minimum of two pay stub copies; more is recommend if the person's </t>
+  </si>
+  <si>
+    <t>A.   Obtain a minimum of two pay stubs. More are recommended if the individual's pay varies substantially.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         B.   Determine how often the HoH gets paid. In most cases it will be weekly, bi-weekly, or bi-monthly.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">         C.   Choose one of the three tables to enter pay stub information; the table you use will be dependent</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                upon how often the person is paid. The three table options are: 1) Earned Income - Paid Weekly; 2) Earned Income - Paid Bi-weekly;</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                and 3) Earned Income - Paid Bi-monthly.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">D.  </t>
+  </si>
+  <si>
+    <t>In the table that best describes payment frequency, enter the pay stub amounts into the row that corresponds with how many pay stubs</t>
+  </si>
+  <si>
+    <t xml:space="preserve">       you have obtained. The three options are: 1) Two Pay Stubs; 2) Three Pay Stubs; and 3) Four Pay Stubs.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">       For example, if you have obtained three pay stubs, and the HoH gets paid bi-weekly, you will enter their pay stub amounts</t>
+  </si>
+  <si>
+    <t xml:space="preserve">       in cells B12, C12, and D12. Enter (in the applicable line and column) the pay period of the pay stubs collected. </t>
+  </si>
+  <si>
+    <t>E.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Enter the pay period for each pay stub collected (in the applicable line and column). </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>NOTE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>: The pay stubs should be the most recent available.</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">        Once you've entered the pay stub amounts, the annual earned income total for those pay stubs will auto-calculate in column F.</t>
+  </si>
+  <si>
+    <t>2.2   Enter Other HoH income, if applicable.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">A.  If the HoH has additional income that is </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>not</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> a second source of earned income, enter this information in the "Income - Other" section.</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">      Note that there are various income sources to choose from. If one is not listed, enter the source in the "Other" row, and list the source.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">      Enter the monthly income received from each source in column B. </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>The annual "Income-Other" total will auto-calculate in cell C28.</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">If there is no additional household income, stop here. The total annual household income is calculated in cell F28/F29. </t>
+  </si>
+  <si>
+    <t>If there is additional household income, proceed to Step 3.</t>
+  </si>
+  <si>
+    <t>Step 3:  Enter additional household income.</t>
+  </si>
+  <si>
+    <t>If the HoH has a second source of earned income, or an additional household member has income, follow the instructions above and enter that information in worksheet #2, and if needed, worksheet #3. Examples of when and how to utilize additional worksheets are provided below:</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Scenario #1</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>.  The head of household has earned income and also receives MFIP. An additional household member has earned income.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Step 1:</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Enter the head of household's earned income in addition to their MFIP income on worksheet #1.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Step 2:</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Enter the additional household member's earned income on worksheet #2. In the checkbox provided, indicate this income is that of an additional household member.</t>
+    </r>
+  </si>
+  <si>
+    <t>The total household annual income will auto-calculate in cell F28/29  on worksheet #1.</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Scenario #2</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>.  The head of household has earned income from two jobs. An additional household member has earned income.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Step 1:  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Enter the head of household's earned income from the first source on worksheet #1.  </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Step 2:  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Enter the head of household's earned income from their second source on worksheet #2. In the checkbox provided, indicate that this is the Head of Household's income.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Step 3:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">  Enter the additional household member's earned income on worksheet #3. In the checkbox provided, indicate that this income is that of an additional</t>
+    </r>
+  </si>
+  <si>
+    <t>household member.</t>
+  </si>
+  <si>
+    <t>The total household annual income will auto-calculate in cell F28/F29 on worksheet #1.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">For monitoring purposes, a copy of the income calculation worksheets utilized, along with income documentation such as pay stubs, cash benefits, etc. should be kept in the household file.  </t>
+  </si>
+  <si>
+    <t>INCOME CALCULATION WORKSHEET</t>
+  </si>
+  <si>
+    <t>Date Completed</t>
+  </si>
+  <si>
+    <t>Head of Household Initials</t>
+  </si>
+  <si>
+    <t>EARNED INCOME or UNEMPLOYMENT:  PAID WEEKLY</t>
+  </si>
+  <si>
+    <t>Two pay stubs</t>
+  </si>
+  <si>
+    <t>Pay Stub #1</t>
+  </si>
+  <si>
+    <t>Pay Stub #2</t>
+  </si>
+  <si>
+    <t>Pay Stub #3</t>
+  </si>
+  <si>
+    <t>Pay Stub #4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Total  </t>
+  </si>
+  <si>
+    <t>Three pay stubs</t>
+  </si>
+  <si>
+    <t>Four pay stubs</t>
+  </si>
+  <si>
+    <t>List Pay Periods</t>
+  </si>
+  <si>
     <t>EARNED INCOME or UNEMPLOYMENT: PAID BI-WEEKLY</t>
   </si>
   <si>
+    <t xml:space="preserve">Total    </t>
+  </si>
+  <si>
+    <t>EARNED INCOME: PAID BI-MONTHLY</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Total </t>
+  </si>
+  <si>
+    <t>INCOME - OTHER</t>
+  </si>
+  <si>
+    <t>Income Source</t>
+  </si>
+  <si>
+    <t>Monthly</t>
+  </si>
+  <si>
+    <t>Annual</t>
+  </si>
+  <si>
+    <t>Head of Household Total Income Worksheet #1</t>
+  </si>
+  <si>
+    <t>Child Support</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MFIP </t>
+  </si>
+  <si>
+    <t>Additional Household Income Worksheet #2</t>
+  </si>
+  <si>
+    <t>Social Security</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Other (list): </t>
+  </si>
+  <si>
+    <t>Additional Household Income Worksheet #3</t>
+  </si>
+  <si>
+    <t>Other (list):</t>
+  </si>
+  <si>
+    <t>TOTAL INCOME - OTHER</t>
+  </si>
+  <si>
+    <t>TOTAL ANNUAL HOUSEHOLD INCOME</t>
+  </si>
+  <si>
+    <t>Staff Notes:</t>
+  </si>
+  <si>
+    <t>Check which applies</t>
+  </si>
+  <si>
+    <t>TOTAL ANNUAL ADDITIONAL                                    HOUSEHOLD INCOME                       (Worksheet #2)</t>
+  </si>
+  <si>
+    <t>See Worksheet #1 for Total Annual Household Income</t>
+  </si>
+  <si>
+    <t>TOTAL ANNUAL ADDITIONAL                                    HOUSEHOLD INCOME                    (Worksheet #3)</t>
+  </si>
+  <si>
+    <t>2026 Federal Poverty Guidelines (FPG)</t>
+  </si>
+  <si>
+    <t>200% FPG</t>
+  </si>
+  <si>
+    <t>1 Person Household</t>
+  </si>
+  <si>
+    <t>2 Person Household</t>
+  </si>
+  <si>
+    <t>3 Person Household</t>
+  </si>
+  <si>
+    <t>4 Person Household</t>
+  </si>
+  <si>
+    <t>5 Person Household</t>
+  </si>
+  <si>
     <t>6 Person Household</t>
   </si>
   <si>
     <t>7 Person Household</t>
   </si>
   <si>
     <t>8 Person Household</t>
   </si>
   <si>
-    <t>For guidance regarding what income sources are to be included in income calculation, refer to the FHPAP Program Guide, Chapter 11 - Section 11.05 Household Income.</t>
-[...11 lines deleted...]
-    <t>2025 Federal Poverty Guidelines (FPG)</t>
+    <t>Monthly*</t>
+  </si>
+  <si>
+    <t>For each additional household member add $11,360 annually</t>
+  </si>
+  <si>
+    <t>150% FPG</t>
+  </si>
+  <si>
+    <t>For each additional household member add $8,520 annually</t>
+  </si>
+  <si>
+    <t>100% FPG</t>
+  </si>
+  <si>
+    <t>For each additional household member add $5,680 annually</t>
+  </si>
+  <si>
+    <t>*Monthly amounts are rounded to the nearest dollar</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="14">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
@@ -859,56 +868,50 @@
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1206,243 +1209,258 @@
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="151">
+  <cellXfs count="144">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="44" fontId="0" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="2" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="44" fontId="0" fillId="2" borderId="10" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="44" fontId="2" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="44" fontId="0" fillId="2" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="2" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="44" fontId="2" fillId="6" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="44" fontId="2" fillId="6" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="44" fontId="0" fillId="8" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="8" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="44" fontId="2" fillId="8" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="44" fontId="2" fillId="8" borderId="17" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="6" fontId="11" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="6" fontId="10" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="9" fontId="10" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="9" fillId="3" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="6" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="2" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="6" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
@@ -1495,159 +1513,131 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="6" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="6" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="44" fontId="2" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...35 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="12" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <colors>
     <mruColors>
       <color rgb="FFDFEAF7"/>
       <color rgb="FFBCD3F4"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp4.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
@@ -2356,1906 +2346,2323 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AC52"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A25" workbookViewId="0">
-      <selection activeCell="K55" sqref="K55"/>
+    <sheetView showGridLines="0" topLeftCell="A39" workbookViewId="0">
+      <selection activeCell="A35" sqref="A35:O35"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
-    <col min="1" max="1" width="6.6640625" customWidth="1"/>
+    <col min="1" max="1" width="6.7109375" customWidth="1"/>
     <col min="2" max="2" width="4" customWidth="1"/>
     <col min="3" max="3" width="3" customWidth="1"/>
-    <col min="14" max="14" width="17.44140625" customWidth="1"/>
+    <col min="14" max="14" width="17.42578125" customWidth="1"/>
     <col min="15" max="15" width="35" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" s="67" customFormat="1" x14ac:dyDescent="0.3"/>
-[...50 lines deleted...]
-      <c r="A8" s="82" t="s">
+    <row r="1" spans="1:16" s="50" customFormat="1">
+      <c r="A1" s="64"/>
+      <c r="B1" s="64"/>
+      <c r="C1" s="64"/>
+      <c r="D1" s="64"/>
+      <c r="E1" s="64"/>
+      <c r="F1" s="64"/>
+      <c r="G1" s="64"/>
+      <c r="H1" s="64"/>
+      <c r="I1" s="64"/>
+      <c r="J1" s="64"/>
+      <c r="K1" s="64"/>
+      <c r="L1" s="64"/>
+      <c r="M1" s="64"/>
+      <c r="N1" s="64"/>
+      <c r="O1" s="64"/>
+      <c r="P1" s="64"/>
+    </row>
+    <row r="2" spans="1:16" s="50" customFormat="1">
+      <c r="A2" s="134"/>
+      <c r="B2" s="134"/>
+      <c r="C2" s="134"/>
+      <c r="D2" s="134"/>
+      <c r="E2" s="134"/>
+      <c r="F2" s="134"/>
+      <c r="G2" s="64"/>
+      <c r="H2" s="64"/>
+      <c r="I2" s="64"/>
+      <c r="J2" s="64"/>
+      <c r="K2" s="64"/>
+      <c r="L2" s="64"/>
+      <c r="M2" s="64"/>
+      <c r="N2" s="64"/>
+      <c r="O2" s="64"/>
+      <c r="P2" s="64"/>
+    </row>
+    <row r="3" spans="1:16" s="50" customFormat="1">
+      <c r="A3" s="134"/>
+      <c r="B3" s="134"/>
+      <c r="C3" s="134"/>
+      <c r="D3" s="134"/>
+      <c r="E3" s="134"/>
+      <c r="F3" s="134"/>
+      <c r="G3" s="64"/>
+      <c r="H3" s="64"/>
+      <c r="I3" s="64"/>
+      <c r="J3" s="64"/>
+      <c r="K3" s="64"/>
+      <c r="L3" s="64"/>
+      <c r="M3" s="64"/>
+      <c r="N3" s="64"/>
+      <c r="O3" s="64"/>
+      <c r="P3" s="64"/>
+    </row>
+    <row r="4" spans="1:16" s="50" customFormat="1">
+      <c r="A4" s="134"/>
+      <c r="B4" s="134"/>
+      <c r="C4" s="134"/>
+      <c r="D4" s="134"/>
+      <c r="E4" s="134"/>
+      <c r="F4" s="134"/>
+      <c r="G4" s="64"/>
+      <c r="H4" s="64"/>
+      <c r="I4" s="64"/>
+      <c r="J4" s="64"/>
+      <c r="K4" s="64"/>
+      <c r="L4" s="64"/>
+      <c r="M4" s="64"/>
+      <c r="N4" s="64"/>
+      <c r="O4" s="64"/>
+      <c r="P4" s="64"/>
+    </row>
+    <row r="5" spans="1:16" s="58" customFormat="1">
+      <c r="A5" s="135" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="135"/>
+      <c r="C5" s="135"/>
+      <c r="D5" s="135"/>
+      <c r="E5" s="135"/>
+      <c r="F5" s="135"/>
+      <c r="G5" s="135"/>
+      <c r="H5" s="135"/>
+      <c r="I5" s="64"/>
+      <c r="J5" s="64"/>
+      <c r="K5" s="64"/>
+      <c r="L5" s="64"/>
+      <c r="M5" s="64"/>
+      <c r="N5" s="64"/>
+      <c r="O5" s="64"/>
+      <c r="P5" s="64"/>
+    </row>
+    <row r="6" spans="1:16" s="58" customFormat="1">
+      <c r="A6" s="77" t="s">
+        <v>1</v>
+      </c>
+      <c r="B6" s="77"/>
+      <c r="C6" s="77"/>
+      <c r="D6" s="77"/>
+      <c r="E6" s="77"/>
+      <c r="F6" s="77"/>
+      <c r="G6" s="77"/>
+      <c r="H6" s="77"/>
+      <c r="I6" s="64"/>
+      <c r="J6" s="64"/>
+      <c r="K6" s="64"/>
+      <c r="L6" s="64"/>
+      <c r="M6" s="64"/>
+      <c r="N6" s="64"/>
+      <c r="O6" s="64"/>
+      <c r="P6" s="64"/>
+    </row>
+    <row r="7" spans="1:16" s="50" customFormat="1">
+      <c r="A7" s="64"/>
+      <c r="B7" s="64"/>
+      <c r="C7" s="64"/>
+      <c r="D7" s="64"/>
+      <c r="E7" s="64"/>
+      <c r="F7" s="64"/>
+      <c r="G7" s="64"/>
+      <c r="H7" s="64"/>
+      <c r="I7" s="64"/>
+      <c r="J7" s="64"/>
+      <c r="K7" s="64"/>
+      <c r="L7" s="64"/>
+      <c r="M7" s="64"/>
+      <c r="N7" s="64"/>
+      <c r="O7" s="64"/>
+      <c r="P7" s="64"/>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" s="135" t="s">
+        <v>2</v>
+      </c>
+      <c r="B8" s="135"/>
+      <c r="C8" s="135"/>
+      <c r="D8" s="135"/>
+      <c r="E8" s="135"/>
+      <c r="F8" s="135"/>
+      <c r="G8" s="135"/>
+      <c r="H8" s="135"/>
+      <c r="I8" s="135"/>
+      <c r="J8" s="135"/>
+      <c r="K8" s="135"/>
+      <c r="L8" s="135"/>
+      <c r="M8" s="135"/>
+      <c r="N8" s="135"/>
+      <c r="O8" s="64"/>
+      <c r="P8" s="64"/>
+    </row>
+    <row r="9" spans="1:16" s="39" customFormat="1">
+      <c r="A9" s="65" t="s">
+        <v>3</v>
+      </c>
+      <c r="B9" s="65"/>
+      <c r="C9" s="65"/>
+      <c r="D9" s="65"/>
+      <c r="E9" s="65"/>
+      <c r="F9" s="65"/>
+      <c r="G9" s="65"/>
+      <c r="H9" s="65"/>
+      <c r="I9" s="65"/>
+      <c r="J9" s="65"/>
+      <c r="K9" s="65"/>
+      <c r="L9" s="65"/>
+      <c r="M9" s="65"/>
+      <c r="N9" s="65"/>
+      <c r="O9" s="65"/>
+      <c r="P9" s="64"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" s="136" t="s">
+        <v>4</v>
+      </c>
+      <c r="B10" s="136"/>
+      <c r="C10" s="136"/>
+      <c r="D10" s="136"/>
+      <c r="E10" s="136"/>
+      <c r="F10" s="136"/>
+      <c r="G10" s="136"/>
+      <c r="H10" s="136"/>
+      <c r="I10" s="136"/>
+      <c r="J10" s="136"/>
+      <c r="K10" s="136"/>
+      <c r="L10" s="136"/>
+      <c r="M10" s="136"/>
+      <c r="N10" s="136"/>
+      <c r="O10" s="136"/>
+      <c r="P10" s="64"/>
+    </row>
+    <row r="11" spans="1:16" s="61" customFormat="1">
+      <c r="A11" s="67" t="s">
+        <v>5</v>
+      </c>
+      <c r="B11" s="67"/>
+      <c r="C11" s="67"/>
+      <c r="D11" s="67"/>
+      <c r="E11" s="67"/>
+      <c r="F11" s="67"/>
+      <c r="G11" s="67"/>
+      <c r="H11" s="67"/>
+      <c r="I11" s="67"/>
+      <c r="J11" s="67"/>
+      <c r="K11" s="67"/>
+      <c r="L11" s="67"/>
+      <c r="M11" s="67"/>
+      <c r="N11" s="67"/>
+      <c r="O11" s="67"/>
+      <c r="P11" s="64"/>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" s="64" t="s">
+        <v>6</v>
+      </c>
+      <c r="B13" s="135" t="s">
+        <v>7</v>
+      </c>
+      <c r="C13" s="136"/>
+      <c r="D13" s="136"/>
+      <c r="E13" s="136"/>
+      <c r="F13" s="136"/>
+      <c r="G13" s="136"/>
+      <c r="H13" s="136"/>
+      <c r="I13" s="136"/>
+      <c r="J13" s="136"/>
+      <c r="K13" s="136"/>
+      <c r="L13" s="136"/>
+      <c r="M13" s="136"/>
+      <c r="N13" s="136"/>
+      <c r="O13" s="136"/>
+      <c r="P13" s="64"/>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" s="64"/>
+      <c r="B14" s="67" t="s">
+        <v>8</v>
+      </c>
+      <c r="C14" s="65"/>
+      <c r="D14" s="65"/>
+      <c r="E14" s="65"/>
+      <c r="F14" s="65"/>
+      <c r="G14" s="65"/>
+      <c r="H14" s="65"/>
+      <c r="I14" s="65"/>
+      <c r="J14" s="65"/>
+      <c r="K14" s="65"/>
+      <c r="L14" s="65"/>
+      <c r="M14" s="65"/>
+      <c r="N14" s="64"/>
+      <c r="O14" s="64"/>
+      <c r="P14" s="64"/>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" s="65" t="s">
+        <v>9</v>
+      </c>
+      <c r="B16" s="65" t="s">
+        <v>10</v>
+      </c>
+      <c r="C16" s="64"/>
+      <c r="D16" s="64"/>
+      <c r="E16" s="64"/>
+      <c r="F16" s="64"/>
+      <c r="G16" s="64"/>
+      <c r="H16" s="64"/>
+      <c r="I16" s="64"/>
+      <c r="J16" s="64"/>
+      <c r="K16" s="64"/>
+      <c r="L16" s="64"/>
+      <c r="M16" s="64"/>
+      <c r="N16" s="64"/>
+      <c r="O16" s="64"/>
+      <c r="P16" s="64"/>
+    </row>
+    <row r="17" spans="1:29">
+      <c r="A17" s="65" t="s">
+        <v>11</v>
+      </c>
+      <c r="B17" s="68">
+        <v>2.1</v>
+      </c>
+      <c r="C17" s="64" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" s="64"/>
+      <c r="E17" s="64"/>
+      <c r="F17" s="64"/>
+      <c r="G17" s="64"/>
+      <c r="H17" s="64"/>
+      <c r="I17" s="64"/>
+      <c r="J17" s="64"/>
+      <c r="K17" s="64"/>
+      <c r="L17" s="64"/>
+      <c r="M17" s="64"/>
+      <c r="N17" s="64"/>
+      <c r="O17" s="64"/>
+      <c r="P17" s="64"/>
+      <c r="Q17" s="64"/>
+      <c r="R17" s="64" t="s">
+        <v>11</v>
+      </c>
+      <c r="S17" s="64"/>
+      <c r="T17" s="64"/>
+      <c r="U17" s="64"/>
+      <c r="V17" s="64"/>
+      <c r="W17" s="64"/>
+      <c r="X17" s="64"/>
+      <c r="Y17" s="64"/>
+      <c r="Z17" s="64"/>
+      <c r="AA17" s="64"/>
+      <c r="AB17" s="64"/>
+      <c r="AC17" s="64"/>
+    </row>
+    <row r="18" spans="1:29">
+      <c r="A18" s="64"/>
+      <c r="B18" s="64" t="s">
+        <v>13</v>
+      </c>
+      <c r="C18" s="134" t="s">
+        <v>14</v>
+      </c>
+      <c r="D18" s="134"/>
+      <c r="E18" s="134"/>
+      <c r="F18" s="134"/>
+      <c r="G18" s="134"/>
+      <c r="H18" s="134"/>
+      <c r="I18" s="134"/>
+      <c r="J18" s="134"/>
+      <c r="K18" s="134"/>
+      <c r="L18" s="134"/>
+      <c r="M18" s="134"/>
+      <c r="N18" s="134"/>
+      <c r="O18" s="64"/>
+      <c r="P18" s="64"/>
+      <c r="Q18" s="64"/>
+      <c r="R18" s="64" t="s">
+        <v>11</v>
+      </c>
+      <c r="S18" s="64"/>
+      <c r="T18" s="64"/>
+      <c r="U18" s="64"/>
+      <c r="V18" s="64"/>
+      <c r="W18" s="64"/>
+      <c r="X18" s="64"/>
+      <c r="Y18" s="64"/>
+      <c r="Z18" s="64"/>
+      <c r="AA18" s="64"/>
+      <c r="AB18" s="64"/>
+      <c r="AC18" s="64"/>
+    </row>
+    <row r="19" spans="1:29">
+      <c r="A19" s="64"/>
+      <c r="B19" s="134" t="s">
+        <v>15</v>
+      </c>
+      <c r="C19" s="134"/>
+      <c r="D19" s="134"/>
+      <c r="E19" s="134"/>
+      <c r="F19" s="134"/>
+      <c r="G19" s="134"/>
+      <c r="H19" s="134"/>
+      <c r="I19" s="134"/>
+      <c r="J19" s="134"/>
+      <c r="K19" s="134"/>
+      <c r="L19" s="134"/>
+      <c r="M19" s="134"/>
+      <c r="N19" s="134"/>
+      <c r="O19" s="64"/>
+      <c r="P19" s="64"/>
+      <c r="Q19" s="64"/>
+      <c r="R19" s="64"/>
+      <c r="S19" s="64"/>
+      <c r="T19" s="64"/>
+      <c r="U19" s="64"/>
+      <c r="V19" s="64"/>
+      <c r="W19" s="64"/>
+      <c r="X19" s="64"/>
+      <c r="Y19" s="64"/>
+      <c r="Z19" s="64"/>
+      <c r="AA19" s="64"/>
+      <c r="AB19" s="64"/>
+      <c r="AC19" s="64"/>
+    </row>
+    <row r="20" spans="1:29">
+      <c r="A20" s="64"/>
+      <c r="B20" s="134" t="s">
+        <v>16</v>
+      </c>
+      <c r="C20" s="134"/>
+      <c r="D20" s="134"/>
+      <c r="E20" s="134"/>
+      <c r="F20" s="134"/>
+      <c r="G20" s="134"/>
+      <c r="H20" s="134"/>
+      <c r="I20" s="134"/>
+      <c r="J20" s="134"/>
+      <c r="K20" s="134"/>
+      <c r="L20" s="134"/>
+      <c r="M20" s="134"/>
+      <c r="N20" s="134"/>
+      <c r="O20" s="134"/>
+      <c r="P20" s="64"/>
+      <c r="Q20" s="64"/>
+      <c r="R20" s="64"/>
+      <c r="S20" s="64"/>
+      <c r="T20" s="64"/>
+      <c r="U20" s="64"/>
+      <c r="V20" s="64"/>
+      <c r="W20" s="64"/>
+      <c r="X20" s="64"/>
+      <c r="Y20" s="64"/>
+      <c r="Z20" s="64"/>
+      <c r="AA20" s="64"/>
+      <c r="AB20" s="64"/>
+      <c r="AC20" s="64"/>
+    </row>
+    <row r="21" spans="1:29">
+      <c r="A21" s="64"/>
+      <c r="B21" s="134" t="s">
+        <v>17</v>
+      </c>
+      <c r="C21" s="134"/>
+      <c r="D21" s="134"/>
+      <c r="E21" s="134"/>
+      <c r="F21" s="134"/>
+      <c r="G21" s="134"/>
+      <c r="H21" s="134"/>
+      <c r="I21" s="134"/>
+      <c r="J21" s="134"/>
+      <c r="K21" s="134"/>
+      <c r="L21" s="134"/>
+      <c r="M21" s="134"/>
+      <c r="N21" s="134"/>
+      <c r="O21" s="134"/>
+      <c r="P21" s="64"/>
+      <c r="Q21" s="64"/>
+      <c r="R21" s="64"/>
+      <c r="S21" s="64"/>
+      <c r="T21" s="64"/>
+      <c r="U21" s="64"/>
+      <c r="V21" s="64"/>
+      <c r="W21" s="64"/>
+      <c r="X21" s="64"/>
+      <c r="Y21" s="64"/>
+      <c r="Z21" s="64"/>
+      <c r="AA21" s="64"/>
+      <c r="AB21" s="64"/>
+      <c r="AC21" s="64"/>
+    </row>
+    <row r="22" spans="1:29">
+      <c r="A22" s="64"/>
+      <c r="B22" s="134" t="s">
+        <v>18</v>
+      </c>
+      <c r="C22" s="134"/>
+      <c r="D22" s="134"/>
+      <c r="E22" s="134"/>
+      <c r="F22" s="134"/>
+      <c r="G22" s="134"/>
+      <c r="H22" s="134"/>
+      <c r="I22" s="134"/>
+      <c r="J22" s="134"/>
+      <c r="K22" s="134"/>
+      <c r="L22" s="134"/>
+      <c r="M22" s="134"/>
+      <c r="N22" s="134"/>
+      <c r="O22" s="64"/>
+      <c r="P22" s="64"/>
+      <c r="Q22" s="64"/>
+      <c r="R22" s="64"/>
+      <c r="S22" s="64"/>
+      <c r="T22" s="64"/>
+      <c r="U22" s="64"/>
+      <c r="V22" s="64"/>
+      <c r="W22" s="64"/>
+      <c r="X22" s="64"/>
+      <c r="Y22" s="64"/>
+      <c r="Z22" s="64"/>
+      <c r="AA22" s="64"/>
+      <c r="AB22" s="64"/>
+      <c r="AC22" s="64"/>
+    </row>
+    <row r="23" spans="1:29">
+      <c r="A23" s="64"/>
+      <c r="B23" s="64"/>
+      <c r="C23" s="64" t="s">
+        <v>19</v>
+      </c>
+      <c r="D23" s="38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" s="64"/>
+      <c r="F23" s="64"/>
+      <c r="G23" s="64"/>
+      <c r="H23" s="64"/>
+      <c r="I23" s="64"/>
+      <c r="J23" s="64"/>
+      <c r="K23" s="64"/>
+      <c r="L23" s="64"/>
+      <c r="M23" s="64"/>
+      <c r="N23" s="64"/>
+      <c r="O23" s="64"/>
+      <c r="P23" s="64"/>
+      <c r="Q23" s="64"/>
+      <c r="R23" s="64"/>
+      <c r="S23" s="64"/>
+      <c r="T23" s="64"/>
+      <c r="U23" s="64"/>
+      <c r="V23" s="64"/>
+      <c r="W23" s="64"/>
+      <c r="X23" s="64"/>
+      <c r="Y23" s="64"/>
+      <c r="Z23" s="64"/>
+      <c r="AA23" s="64"/>
+      <c r="AB23" s="64"/>
+      <c r="AC23" s="64"/>
+    </row>
+    <row r="24" spans="1:29">
+      <c r="A24" s="65" t="s">
+        <v>11</v>
+      </c>
+      <c r="B24" s="64"/>
+      <c r="C24" s="134" t="s">
+        <v>21</v>
+      </c>
+      <c r="D24" s="134"/>
+      <c r="E24" s="134"/>
+      <c r="F24" s="134"/>
+      <c r="G24" s="134"/>
+      <c r="H24" s="134"/>
+      <c r="I24" s="134"/>
+      <c r="J24" s="134"/>
+      <c r="K24" s="134"/>
+      <c r="L24" s="134"/>
+      <c r="M24" s="134"/>
+      <c r="N24" s="134"/>
+      <c r="O24" s="64"/>
+      <c r="P24" s="64"/>
+      <c r="Q24" s="64"/>
+      <c r="R24" s="64"/>
+      <c r="S24" s="64"/>
+      <c r="T24" s="64"/>
+      <c r="U24" s="64"/>
+      <c r="V24" s="64"/>
+      <c r="W24" s="64"/>
+      <c r="X24" s="64"/>
+      <c r="Y24" s="64"/>
+      <c r="Z24" s="64"/>
+      <c r="AA24" s="64"/>
+      <c r="AB24" s="64"/>
+      <c r="AC24" s="64"/>
+    </row>
+    <row r="25" spans="1:29">
+      <c r="A25" s="64"/>
+      <c r="B25" s="64"/>
+      <c r="C25" s="66" t="s">
+        <v>22</v>
+      </c>
+      <c r="D25" s="66"/>
+      <c r="E25" s="66"/>
+      <c r="F25" s="66"/>
+      <c r="G25" s="66"/>
+      <c r="H25" s="66"/>
+      <c r="I25" s="66"/>
+      <c r="J25" s="66"/>
+      <c r="K25" s="66"/>
+      <c r="L25" s="66"/>
+      <c r="M25" s="66"/>
+      <c r="N25" s="66"/>
+      <c r="O25" s="64"/>
+      <c r="P25" s="64"/>
+      <c r="Q25" s="64"/>
+      <c r="R25" s="64"/>
+      <c r="S25" s="64"/>
+      <c r="T25" s="64"/>
+      <c r="U25" s="64"/>
+      <c r="V25" s="64"/>
+      <c r="W25" s="64"/>
+      <c r="X25" s="64"/>
+      <c r="Y25" s="64"/>
+      <c r="Z25" s="64"/>
+      <c r="AA25" s="64"/>
+      <c r="AB25" s="64"/>
+      <c r="AC25" s="64"/>
+    </row>
+    <row r="26" spans="1:29">
+      <c r="A26" s="64"/>
+      <c r="B26" s="64"/>
+      <c r="C26" s="66" t="s">
+        <v>23</v>
+      </c>
+      <c r="D26" s="66"/>
+      <c r="E26" s="66"/>
+      <c r="F26" s="66"/>
+      <c r="G26" s="66"/>
+      <c r="H26" s="66"/>
+      <c r="I26" s="66"/>
+      <c r="J26" s="66"/>
+      <c r="K26" s="66"/>
+      <c r="L26" s="66"/>
+      <c r="M26" s="66"/>
+      <c r="N26" s="66"/>
+      <c r="O26" s="64"/>
+      <c r="P26" s="64"/>
+      <c r="Q26" s="64"/>
+      <c r="R26" s="64"/>
+      <c r="S26" s="64"/>
+      <c r="T26" s="64"/>
+      <c r="U26" s="64"/>
+      <c r="V26" s="64"/>
+      <c r="W26" s="64"/>
+      <c r="X26" s="64"/>
+      <c r="Y26" s="64"/>
+      <c r="Z26" s="64"/>
+      <c r="AA26" s="64"/>
+      <c r="AB26" s="64"/>
+      <c r="AC26" s="64"/>
+    </row>
+    <row r="27" spans="1:29" s="39" customFormat="1">
+      <c r="A27" s="64"/>
+      <c r="B27" s="64"/>
+      <c r="C27" s="67" t="s">
         <v>24</v>
       </c>
-      <c r="B8" s="82"/>
-[...71 lines deleted...]
-      <c r="A13" t="s">
+      <c r="D27" s="67" t="s">
+        <v>25</v>
+      </c>
+      <c r="E27" s="66"/>
+      <c r="F27" s="66"/>
+      <c r="G27" s="66"/>
+      <c r="H27" s="66"/>
+      <c r="I27" s="66"/>
+      <c r="J27" s="66"/>
+      <c r="K27" s="66"/>
+      <c r="L27" s="66"/>
+      <c r="M27" s="66"/>
+      <c r="N27" s="66"/>
+      <c r="O27" s="64"/>
+      <c r="P27" s="64"/>
+      <c r="Q27" s="64"/>
+      <c r="R27" s="64"/>
+      <c r="S27" s="64"/>
+      <c r="T27" s="64"/>
+      <c r="U27" s="64"/>
+      <c r="V27" s="64"/>
+      <c r="W27" s="64"/>
+      <c r="X27" s="64"/>
+      <c r="Y27" s="64"/>
+      <c r="Z27" s="64"/>
+      <c r="AA27" s="64"/>
+      <c r="AB27" s="64"/>
+      <c r="AC27" s="64"/>
+    </row>
+    <row r="28" spans="1:29">
+      <c r="A28" s="64"/>
+      <c r="B28" s="135" t="s">
         <v>26</v>
       </c>
-      <c r="B13" s="82" t="s">
-[...80 lines deleted...]
-      <c r="B18" s="49" t="s">
+      <c r="C28" s="135"/>
+      <c r="D28" s="135"/>
+      <c r="E28" s="135"/>
+      <c r="F28" s="135"/>
+      <c r="G28" s="135"/>
+      <c r="H28" s="135"/>
+      <c r="I28" s="135"/>
+      <c r="J28" s="135"/>
+      <c r="K28" s="135"/>
+      <c r="L28" s="135"/>
+      <c r="M28" s="135"/>
+      <c r="N28" s="135"/>
+      <c r="O28" s="64"/>
+      <c r="P28" s="64"/>
+      <c r="Q28" s="64"/>
+      <c r="R28" s="64"/>
+      <c r="S28" s="64"/>
+      <c r="T28" s="64"/>
+      <c r="U28" s="64"/>
+      <c r="V28" s="64"/>
+      <c r="W28" s="64"/>
+      <c r="X28" s="64"/>
+      <c r="Y28" s="64"/>
+      <c r="Z28" s="64"/>
+      <c r="AA28" s="64"/>
+      <c r="AB28" s="64"/>
+      <c r="AC28" s="64"/>
+    </row>
+    <row r="29" spans="1:29">
+      <c r="A29" s="64"/>
+      <c r="B29" s="64"/>
+      <c r="C29" s="137" t="s">
+        <v>11</v>
+      </c>
+      <c r="D29" s="137"/>
+      <c r="E29" s="137"/>
+      <c r="F29" s="137"/>
+      <c r="G29" s="137"/>
+      <c r="H29" s="137"/>
+      <c r="I29" s="137"/>
+      <c r="J29" s="137"/>
+      <c r="K29" s="137"/>
+      <c r="L29" s="137"/>
+      <c r="M29" s="137"/>
+      <c r="N29" s="137"/>
+      <c r="O29" s="64"/>
+      <c r="P29" s="64"/>
+      <c r="Q29" s="64"/>
+      <c r="R29" s="64"/>
+      <c r="S29" s="64"/>
+      <c r="T29" s="64"/>
+      <c r="U29" s="64"/>
+      <c r="V29" s="64"/>
+      <c r="W29" s="64"/>
+      <c r="X29" s="64"/>
+      <c r="Y29" s="64"/>
+      <c r="Z29" s="64"/>
+      <c r="AA29" s="64"/>
+      <c r="AB29" s="64"/>
+      <c r="AC29" s="64"/>
+    </row>
+    <row r="30" spans="1:29">
+      <c r="A30" s="65" t="s">
+        <v>11</v>
+      </c>
+      <c r="B30" s="65" t="s">
+        <v>27</v>
+      </c>
+      <c r="C30" s="65"/>
+      <c r="D30" s="65"/>
+      <c r="E30" s="65"/>
+      <c r="F30" s="65"/>
+      <c r="G30" s="65"/>
+      <c r="H30" s="65"/>
+      <c r="I30" s="65"/>
+      <c r="J30" s="65"/>
+      <c r="K30" s="65"/>
+      <c r="L30" s="65"/>
+      <c r="M30" s="65"/>
+      <c r="N30" s="65"/>
+      <c r="O30" s="64"/>
+      <c r="P30" s="64"/>
+      <c r="Q30" s="64"/>
+      <c r="R30" s="64"/>
+      <c r="S30" s="64"/>
+      <c r="T30" s="64"/>
+      <c r="U30" s="64"/>
+      <c r="V30" s="64"/>
+      <c r="W30" s="64"/>
+      <c r="X30" s="64"/>
+      <c r="Y30" s="64"/>
+      <c r="Z30" s="64"/>
+      <c r="AA30" s="64"/>
+      <c r="AB30" s="64"/>
+      <c r="AC30" s="64"/>
+    </row>
+    <row r="31" spans="1:29">
+      <c r="A31" s="64"/>
+      <c r="B31" s="64" t="s">
+        <v>11</v>
+      </c>
+      <c r="C31" s="64" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="64"/>
+      <c r="E31" s="64"/>
+      <c r="F31" s="64"/>
+      <c r="G31" s="64"/>
+      <c r="H31" s="64"/>
+      <c r="I31" s="64"/>
+      <c r="J31" s="64"/>
+      <c r="K31" s="64"/>
+      <c r="L31" s="64"/>
+      <c r="M31" s="64"/>
+      <c r="N31" s="64"/>
+      <c r="O31" s="64"/>
+      <c r="P31" s="64"/>
+      <c r="Q31" s="64"/>
+      <c r="R31" s="64"/>
+      <c r="S31" s="64"/>
+      <c r="T31" s="64"/>
+      <c r="U31" s="64"/>
+      <c r="V31" s="64"/>
+      <c r="W31" s="64"/>
+      <c r="X31" s="64"/>
+      <c r="Y31" s="64"/>
+      <c r="Z31" s="64"/>
+      <c r="AA31" s="64"/>
+      <c r="AB31" s="64"/>
+      <c r="AC31" s="64"/>
+    </row>
+    <row r="32" spans="1:29">
+      <c r="A32" s="64"/>
+      <c r="B32" s="64"/>
+      <c r="C32" s="64" t="s">
+        <v>29</v>
+      </c>
+      <c r="D32" s="64"/>
+      <c r="E32" s="64"/>
+      <c r="F32" s="64"/>
+      <c r="G32" s="64"/>
+      <c r="H32" s="64"/>
+      <c r="I32" s="64"/>
+      <c r="J32" s="64"/>
+      <c r="K32" s="64"/>
+      <c r="L32" s="64"/>
+      <c r="M32" s="64"/>
+      <c r="N32" s="64"/>
+      <c r="O32" s="64"/>
+      <c r="P32" s="64"/>
+      <c r="Q32" s="64"/>
+      <c r="R32" s="64"/>
+      <c r="S32" s="64"/>
+      <c r="T32" s="64"/>
+      <c r="U32" s="64"/>
+      <c r="V32" s="64"/>
+      <c r="W32" s="64"/>
+      <c r="X32" s="64"/>
+      <c r="Y32" s="64"/>
+      <c r="Z32" s="64"/>
+      <c r="AA32" s="64"/>
+      <c r="AB32" s="64"/>
+      <c r="AC32" s="64"/>
+    </row>
+    <row r="33" spans="1:18">
+      <c r="A33" s="64"/>
+      <c r="B33" s="64"/>
+      <c r="C33" s="64" t="s">
+        <v>30</v>
+      </c>
+      <c r="D33" s="64"/>
+      <c r="E33" s="64"/>
+      <c r="F33" s="64"/>
+      <c r="G33" s="64"/>
+      <c r="H33" s="64"/>
+      <c r="I33" s="64"/>
+      <c r="J33" s="64"/>
+      <c r="K33" s="64"/>
+      <c r="L33" s="64"/>
+      <c r="M33" s="64"/>
+      <c r="N33" s="64"/>
+      <c r="O33" s="64"/>
+      <c r="P33" s="64"/>
+      <c r="Q33" s="64"/>
+      <c r="R33" s="64"/>
+    </row>
+    <row r="35" spans="1:18" ht="15" customHeight="1">
+      <c r="A35" s="76" t="s">
+        <v>31</v>
+      </c>
+      <c r="B35" s="76"/>
+      <c r="C35" s="76"/>
+      <c r="D35" s="76"/>
+      <c r="E35" s="76"/>
+      <c r="F35" s="76"/>
+      <c r="G35" s="76"/>
+      <c r="H35" s="76"/>
+      <c r="I35" s="76"/>
+      <c r="J35" s="76"/>
+      <c r="K35" s="76"/>
+      <c r="L35" s="76"/>
+      <c r="M35" s="76"/>
+      <c r="N35" s="76"/>
+      <c r="O35" s="76"/>
+      <c r="P35" s="63"/>
+      <c r="Q35" s="63"/>
+      <c r="R35" s="63"/>
+    </row>
+    <row r="36" spans="1:18" s="47" customFormat="1" ht="22.5" customHeight="1">
+      <c r="A36" s="73" t="s">
+        <v>32</v>
+      </c>
+      <c r="B36" s="73"/>
+      <c r="C36" s="73"/>
+      <c r="D36" s="73"/>
+      <c r="E36" s="73"/>
+      <c r="F36" s="73"/>
+      <c r="G36" s="73"/>
+      <c r="H36" s="73"/>
+      <c r="I36" s="73"/>
+      <c r="J36" s="73"/>
+      <c r="K36" s="73"/>
+      <c r="L36" s="73"/>
+      <c r="M36" s="73"/>
+      <c r="N36" s="73"/>
+      <c r="O36" s="73"/>
+      <c r="P36" s="69"/>
+      <c r="Q36" s="69"/>
+      <c r="R36" s="69"/>
+    </row>
+    <row r="37" spans="1:18" ht="15" customHeight="1">
+      <c r="A37" s="73" t="s">
+        <v>33</v>
+      </c>
+      <c r="B37" s="73"/>
+      <c r="C37" s="73"/>
+      <c r="D37" s="73"/>
+      <c r="E37" s="73"/>
+      <c r="F37" s="73"/>
+      <c r="G37" s="73"/>
+      <c r="H37" s="73"/>
+      <c r="I37" s="73"/>
+      <c r="J37" s="73"/>
+      <c r="K37" s="73"/>
+      <c r="L37" s="73"/>
+      <c r="M37" s="73"/>
+      <c r="N37" s="73"/>
+      <c r="O37" s="73"/>
+      <c r="P37" s="64"/>
+      <c r="Q37" s="64"/>
+      <c r="R37" s="64"/>
+    </row>
+    <row r="38" spans="1:18" ht="15" customHeight="1">
+      <c r="A38" s="74" t="s">
+        <v>34</v>
+      </c>
+      <c r="B38" s="74"/>
+      <c r="C38" s="74"/>
+      <c r="D38" s="74"/>
+      <c r="E38" s="74"/>
+      <c r="F38" s="74"/>
+      <c r="G38" s="74"/>
+      <c r="H38" s="74"/>
+      <c r="I38" s="74"/>
+      <c r="J38" s="74"/>
+      <c r="K38" s="74"/>
+      <c r="L38" s="74"/>
+      <c r="M38" s="74"/>
+      <c r="N38" s="74"/>
+      <c r="O38" s="74"/>
+      <c r="P38" s="64"/>
+      <c r="Q38" s="64"/>
+      <c r="R38" s="64"/>
+    </row>
+    <row r="39" spans="1:18" s="39" customFormat="1" ht="30" customHeight="1">
+      <c r="A39" s="74"/>
+      <c r="B39" s="74"/>
+      <c r="C39" s="74"/>
+      <c r="D39" s="74"/>
+      <c r="E39" s="74"/>
+      <c r="F39" s="74"/>
+      <c r="G39" s="74"/>
+      <c r="H39" s="74"/>
+      <c r="I39" s="74"/>
+      <c r="J39" s="74"/>
+      <c r="K39" s="74"/>
+      <c r="L39" s="74"/>
+      <c r="M39" s="74"/>
+      <c r="N39" s="74"/>
+      <c r="O39" s="74"/>
+      <c r="P39" s="64"/>
+      <c r="Q39" s="64"/>
+      <c r="R39" s="64"/>
+    </row>
+    <row r="40" spans="1:18">
+      <c r="A40" s="65" t="s">
+        <v>35</v>
+      </c>
+      <c r="B40" s="65"/>
+      <c r="C40" s="65"/>
+      <c r="D40" s="65"/>
+      <c r="E40" s="65"/>
+      <c r="F40" s="65"/>
+      <c r="G40" s="65"/>
+      <c r="H40" s="65"/>
+      <c r="I40" s="65"/>
+      <c r="J40" s="65"/>
+      <c r="K40" s="65"/>
+      <c r="L40" s="65"/>
+      <c r="M40" s="65"/>
+      <c r="N40" s="65"/>
+      <c r="O40" s="65"/>
+      <c r="P40" s="65"/>
+      <c r="Q40" s="64"/>
+      <c r="R40" s="64"/>
+    </row>
+    <row r="41" spans="1:18">
+      <c r="A41" s="64" t="s">
+        <v>36</v>
+      </c>
+      <c r="B41" s="64"/>
+      <c r="C41" s="64"/>
+      <c r="D41" s="64"/>
+      <c r="E41" s="64"/>
+      <c r="F41" s="64"/>
+      <c r="G41" s="64"/>
+      <c r="H41" s="64"/>
+      <c r="I41" s="64"/>
+      <c r="J41" s="64"/>
+      <c r="K41" s="64"/>
+      <c r="L41" s="64"/>
+      <c r="M41" s="64"/>
+      <c r="N41" s="64"/>
+      <c r="O41" s="64"/>
+      <c r="P41" s="64"/>
+      <c r="Q41" s="64"/>
+      <c r="R41" s="64"/>
+    </row>
+    <row r="42" spans="1:18">
+      <c r="A42" s="48" t="s">
+        <v>37</v>
+      </c>
+      <c r="B42" s="64"/>
+      <c r="C42" s="64"/>
+      <c r="D42" s="64"/>
+      <c r="E42" s="64"/>
+      <c r="F42" s="64"/>
+      <c r="G42" s="64"/>
+      <c r="H42" s="64"/>
+      <c r="I42" s="64"/>
+      <c r="J42" s="64"/>
+      <c r="K42" s="64"/>
+      <c r="L42" s="64"/>
+      <c r="M42" s="64"/>
+      <c r="N42" s="64"/>
+      <c r="O42" s="64"/>
+      <c r="P42" s="64"/>
+      <c r="Q42" s="64"/>
+      <c r="R42" s="64"/>
+    </row>
+    <row r="43" spans="1:18">
+      <c r="A43" s="138" t="s">
         <v>38</v>
       </c>
-      <c r="C18" s="81" t="s">
-[...19 lines deleted...]
-      <c r="B19" s="81" t="s">
+      <c r="B43" s="138"/>
+      <c r="C43" s="138"/>
+      <c r="D43" s="138"/>
+      <c r="E43" s="138"/>
+      <c r="F43" s="138"/>
+      <c r="G43" s="138"/>
+      <c r="H43" s="138"/>
+      <c r="I43" s="138"/>
+      <c r="J43" s="138"/>
+      <c r="K43" s="138"/>
+      <c r="L43" s="138"/>
+      <c r="M43" s="64"/>
+      <c r="N43" s="64"/>
+      <c r="O43" s="64"/>
+      <c r="P43" s="64"/>
+      <c r="Q43" s="64"/>
+      <c r="R43" s="64"/>
+    </row>
+    <row r="45" spans="1:18">
+      <c r="A45" s="135" t="s">
+        <v>39</v>
+      </c>
+      <c r="B45" s="135"/>
+      <c r="C45" s="135"/>
+      <c r="D45" s="135"/>
+      <c r="E45" s="135"/>
+      <c r="F45" s="135"/>
+      <c r="G45" s="135"/>
+      <c r="H45" s="135"/>
+      <c r="I45" s="135"/>
+      <c r="J45" s="135"/>
+      <c r="K45" s="135"/>
+      <c r="L45" s="135"/>
+      <c r="M45" s="135"/>
+      <c r="N45" s="135"/>
+      <c r="O45" s="135"/>
+      <c r="P45" s="135"/>
+      <c r="Q45" s="135"/>
+      <c r="R45" s="64"/>
+    </row>
+    <row r="46" spans="1:18">
+      <c r="A46" s="134" t="s">
+        <v>40</v>
+      </c>
+      <c r="B46" s="134"/>
+      <c r="C46" s="134"/>
+      <c r="D46" s="134"/>
+      <c r="E46" s="134"/>
+      <c r="F46" s="134"/>
+      <c r="G46" s="134"/>
+      <c r="H46" s="134"/>
+      <c r="I46" s="134"/>
+      <c r="J46" s="134"/>
+      <c r="K46" s="134"/>
+      <c r="L46" s="134"/>
+      <c r="M46" s="134"/>
+      <c r="N46" s="134"/>
+      <c r="O46" s="134"/>
+      <c r="P46" s="134"/>
+      <c r="Q46" s="134"/>
+      <c r="R46" s="64"/>
+    </row>
+    <row r="47" spans="1:18">
+      <c r="A47" s="75" t="s">
+        <v>41</v>
+      </c>
+      <c r="B47" s="75"/>
+      <c r="C47" s="75"/>
+      <c r="D47" s="75"/>
+      <c r="E47" s="75"/>
+      <c r="F47" s="75"/>
+      <c r="G47" s="75"/>
+      <c r="H47" s="75"/>
+      <c r="I47" s="75"/>
+      <c r="J47" s="75"/>
+      <c r="K47" s="75"/>
+      <c r="L47" s="75"/>
+      <c r="M47" s="75"/>
+      <c r="N47" s="75"/>
+      <c r="O47" s="75"/>
+      <c r="P47" s="75"/>
+      <c r="Q47" s="75"/>
+      <c r="R47" s="64"/>
+    </row>
+    <row r="48" spans="1:18">
+      <c r="A48" s="134" t="s">
+        <v>42</v>
+      </c>
+      <c r="B48" s="134"/>
+      <c r="C48" s="134"/>
+      <c r="D48" s="134"/>
+      <c r="E48" s="134"/>
+      <c r="F48" s="134"/>
+      <c r="G48" s="134"/>
+      <c r="H48" s="134"/>
+      <c r="I48" s="134"/>
+      <c r="J48" s="134"/>
+      <c r="K48" s="134"/>
+      <c r="L48" s="134"/>
+      <c r="M48" s="134"/>
+      <c r="N48" s="134"/>
+      <c r="O48" s="134"/>
+      <c r="P48" s="134"/>
+      <c r="Q48" s="134"/>
+      <c r="R48" s="64"/>
+    </row>
+    <row r="49" spans="1:17">
+      <c r="A49" s="134" t="s">
         <v>43</v>
       </c>
-      <c r="C19" s="81"/>
-[...31 lines deleted...]
-      <c r="B21" s="81" t="s">
+      <c r="B49" s="134"/>
+      <c r="C49" s="134"/>
+      <c r="D49" s="134"/>
+      <c r="E49" s="134"/>
+      <c r="F49" s="134"/>
+      <c r="G49" s="134"/>
+      <c r="H49" s="134"/>
+      <c r="I49" s="134"/>
+      <c r="J49" s="134"/>
+      <c r="K49" s="134"/>
+      <c r="L49" s="134"/>
+      <c r="M49" s="134"/>
+      <c r="N49" s="134"/>
+      <c r="O49" s="134"/>
+      <c r="P49" s="134"/>
+      <c r="Q49" s="64"/>
+    </row>
+    <row r="50" spans="1:17">
+      <c r="A50" s="135" t="s">
         <v>44</v>
       </c>
-      <c r="C21" s="81"/>
-[...180 lines deleted...]
-      <c r="A35" s="80" t="s">
+      <c r="B50" s="135"/>
+      <c r="C50" s="135"/>
+      <c r="D50" s="135"/>
+      <c r="E50" s="135"/>
+      <c r="F50" s="135"/>
+      <c r="G50" s="135"/>
+      <c r="H50" s="135"/>
+      <c r="I50" s="135"/>
+      <c r="J50" s="135"/>
+      <c r="K50" s="135"/>
+      <c r="L50" s="135"/>
+      <c r="M50" s="135"/>
+      <c r="N50" s="135"/>
+      <c r="O50" s="135"/>
+      <c r="P50" s="135"/>
+      <c r="Q50" s="135"/>
+    </row>
+    <row r="52" spans="1:17">
+      <c r="A52" s="73" t="s">
         <v>45</v>
       </c>
-      <c r="B35" s="80"/>
-[...316 lines deleted...]
-      <c r="Q52" s="86"/>
+      <c r="B52" s="73"/>
+      <c r="C52" s="73"/>
+      <c r="D52" s="73"/>
+      <c r="E52" s="73"/>
+      <c r="F52" s="73"/>
+      <c r="G52" s="73"/>
+      <c r="H52" s="73"/>
+      <c r="I52" s="73"/>
+      <c r="J52" s="73"/>
+      <c r="K52" s="73"/>
+      <c r="L52" s="73"/>
+      <c r="M52" s="73"/>
+      <c r="N52" s="73"/>
+      <c r="O52" s="73"/>
+      <c r="P52" s="73"/>
+      <c r="Q52" s="73"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="9H26B+eVfn7T7JnComozSS7AUeuDj0NgL09Rj7rwjtPK9V3lppAxbFXUnhkz9WnTFUl9x+DtthX+pg71rnuhQQ==" saltValue="ZT8iD3lr27HXnCLdGoSPNA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="AcNaO5uBgUhgMRuFhC3XAEk1EnR6v0Kn1vDdm2RmzpkOiVBBOoJe0buxMnXbJ+lYd8Tet1C8GXOmFA20FGV1Zw==" saltValue="lJep+k2p0Gvfvb597rKkXQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="26">
+    <mergeCell ref="A35:O35"/>
+    <mergeCell ref="C24:N24"/>
+    <mergeCell ref="B28:N28"/>
+    <mergeCell ref="C29:N29"/>
+    <mergeCell ref="A2:F4"/>
+    <mergeCell ref="A8:N8"/>
+    <mergeCell ref="B13:O13"/>
+    <mergeCell ref="A5:H5"/>
+    <mergeCell ref="A6:H6"/>
+    <mergeCell ref="A10:O10"/>
     <mergeCell ref="A52:Q52"/>
     <mergeCell ref="C18:N18"/>
     <mergeCell ref="A36:O36"/>
     <mergeCell ref="A38:O39"/>
     <mergeCell ref="B20:O20"/>
     <mergeCell ref="A50:Q50"/>
     <mergeCell ref="B22:N22"/>
     <mergeCell ref="A49:P49"/>
     <mergeCell ref="A46:Q46"/>
     <mergeCell ref="A45:Q45"/>
     <mergeCell ref="A47:Q47"/>
     <mergeCell ref="A48:Q48"/>
     <mergeCell ref="A43:L43"/>
     <mergeCell ref="A37:O37"/>
     <mergeCell ref="B19:N19"/>
     <mergeCell ref="B21:O21"/>
-    <mergeCell ref="A35:O35"/>
-[...8 lines deleted...]
-    <mergeCell ref="A10:O10"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="67" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:K32"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.45"/>
   <cols>
-    <col min="1" max="1" width="28.6640625" style="4" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="16384" width="9.109375" style="4"/>
+    <col min="1" max="1" width="28.7109375" style="4" customWidth="1"/>
+    <col min="2" max="5" width="16.7109375" style="4" customWidth="1"/>
+    <col min="6" max="6" width="21.7109375" style="4" customWidth="1"/>
+    <col min="7" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...56 lines deleted...]
-      <c r="A5" s="120"/>
+    <row r="1" spans="1:11" ht="15" customHeight="1">
+      <c r="A1" s="82" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="83"/>
+      <c r="C1" s="83"/>
+      <c r="D1" s="79" t="s">
+        <v>47</v>
+      </c>
+      <c r="E1" s="80"/>
+      <c r="F1" s="56" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" ht="15" customHeight="1">
+      <c r="A2" s="84"/>
+      <c r="B2" s="85"/>
+      <c r="C2" s="85"/>
+      <c r="D2" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="81"/>
+      <c r="F2" s="55" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="1:11" ht="15.75" customHeight="1">
+      <c r="A3" s="86" t="s">
+        <v>49</v>
+      </c>
+      <c r="B3" s="87"/>
+      <c r="C3" s="87"/>
+      <c r="D3" s="87"/>
+      <c r="E3" s="87"/>
+      <c r="F3" s="88"/>
+    </row>
+    <row r="4" spans="1:11" ht="21.75" customHeight="1">
+      <c r="A4" s="78" t="s">
+        <v>50</v>
+      </c>
+      <c r="B4" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C4" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D4" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E4" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" ht="15.75" customHeight="1">
+      <c r="A5" s="78"/>
       <c r="B5" s="2" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>0</v>
-[...7 lines deleted...]
-      <c r="F5" s="18">
+        <v>11</v>
+      </c>
+      <c r="D5" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F5" s="16">
         <f>SUM(B5:C5)/2*52</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:11" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>4</v>
+    <row r="6" spans="1:11">
+      <c r="A6" s="15" t="s">
+        <v>56</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>0</v>
-[...4 lines deleted...]
-      <c r="F6" s="18">
+        <v>11</v>
+      </c>
+      <c r="E6" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="16">
         <f>SUM(B6:D6)/3*52</f>
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:11" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-      <c r="F7" s="18">
+    <row r="7" spans="1:11">
+      <c r="A7" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" s="16">
         <f>SUM(B7:E7)/4*52</f>
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:11" x14ac:dyDescent="0.3">
-[...51 lines deleted...]
-      <c r="A11" s="120"/>
+    <row r="8" spans="1:11">
+      <c r="A8" s="21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" s="20" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" ht="15.75" customHeight="1">
+      <c r="A9" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="B9" s="14"/>
+      <c r="C9" s="14"/>
+      <c r="D9" s="14"/>
+      <c r="E9" s="14"/>
+      <c r="F9" s="19"/>
+      <c r="K9" s="27"/>
+    </row>
+    <row r="10" spans="1:11" ht="17.25" customHeight="1">
+      <c r="A10" s="78" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" ht="15.75" customHeight="1">
+      <c r="A11" s="78"/>
       <c r="B11" s="3" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>0</v>
-[...7 lines deleted...]
-      <c r="F11" s="18">
+        <v>11</v>
+      </c>
+      <c r="D11" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="16">
         <f>SUM(B11:C11)/2*26</f>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:11" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>4</v>
+    <row r="12" spans="1:11">
+      <c r="A12" s="15" t="s">
+        <v>56</v>
       </c>
       <c r="B12" s="3"/>
       <c r="C12" s="2"/>
-      <c r="D12" s="19"/>
-[...3 lines deleted...]
-      <c r="F12" s="18">
+      <c r="D12" s="17"/>
+      <c r="E12" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="16">
         <f>SUM(B12:D12)/3*26</f>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:11" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>5</v>
+    <row r="13" spans="1:11">
+      <c r="A13" s="10" t="s">
+        <v>57</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>11</v>
+      </c>
+      <c r="C13" s="18" t="s">
+        <v>11</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F13" s="18">
+        <v>11</v>
+      </c>
+      <c r="F13" s="16">
         <f>SUM(B13:E13)/4*26</f>
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:11" x14ac:dyDescent="0.3">
-      <c r="A14" s="23" t="s">
+    <row r="14" spans="1:11">
+      <c r="A14" s="21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="51"/>
+      <c r="C14" s="51"/>
+      <c r="D14" s="51"/>
+      <c r="E14" s="51"/>
+      <c r="F14" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" s="7"/>
+      <c r="H14" s="28"/>
+    </row>
+    <row r="15" spans="1:11" ht="15.75" customHeight="1">
+      <c r="A15" s="139" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" s="140"/>
+      <c r="C15" s="140"/>
+      <c r="D15" s="140"/>
+      <c r="E15" s="140"/>
+      <c r="F15" s="141"/>
+    </row>
+    <row r="16" spans="1:11" ht="15.75" customHeight="1">
+      <c r="A16" s="78" t="s">
+        <v>50</v>
+      </c>
+      <c r="B16" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E16" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="G16" s="8"/>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" s="78"/>
+      <c r="B17" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="16">
+        <f>SUM(B17:C17)/2*24</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F18" s="16">
+        <f>SUM(B18:D18)/3*24</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F19" s="16">
+        <f>SUM(B19:E19)/4*24</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" s="21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B20" s="53" t="s">
+        <v>11</v>
+      </c>
+      <c r="C20" s="52"/>
+      <c r="D20" s="52"/>
+      <c r="E20" s="52"/>
+      <c r="F20" s="20" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21" s="98" t="s">
+        <v>63</v>
+      </c>
+      <c r="B21" s="99"/>
+      <c r="C21" s="99"/>
+      <c r="D21" s="99"/>
+      <c r="E21" s="99"/>
+      <c r="F21" s="100"/>
+    </row>
+    <row r="22" spans="1:6" ht="15.75" customHeight="1">
+      <c r="A22" s="30" t="s">
+        <v>64</v>
+      </c>
+      <c r="B22" s="31" t="s">
+        <v>65</v>
+      </c>
+      <c r="C22" s="32" t="s">
+        <v>66</v>
+      </c>
+      <c r="D22" s="103" t="s">
         <v>67</v>
       </c>
-      <c r="B14" s="68"/>
-[...139 lines deleted...]
-      <c r="F22" s="108">
+      <c r="E22" s="104"/>
+      <c r="F22" s="107">
         <f>SUM(F5:F7)+SUM(F11:F13)+SUM(F17:F20)+C28</f>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C23" s="39">
+    <row r="23" spans="1:6" ht="15" customHeight="1">
+      <c r="A23" s="33" t="s">
+        <v>68</v>
+      </c>
+      <c r="B23" s="34">
+        <v>0</v>
+      </c>
+      <c r="C23" s="35">
         <f>B23*12</f>
         <v>0</v>
       </c>
-      <c r="D23" s="117"/>
-[...10 lines deleted...]
-      <c r="C24" s="39">
+      <c r="D23" s="116"/>
+      <c r="E23" s="117"/>
+      <c r="F23" s="118"/>
+    </row>
+    <row r="24" spans="1:6" ht="15" customHeight="1">
+      <c r="A24" s="33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B24" s="34">
+        <v>0</v>
+      </c>
+      <c r="C24" s="35">
         <f>B24*12</f>
         <v>0</v>
       </c>
-      <c r="D24" s="104" t="s">
-[...3 lines deleted...]
-      <c r="F24" s="102">
+      <c r="D24" s="103" t="s">
+        <v>70</v>
+      </c>
+      <c r="E24" s="104"/>
+      <c r="F24" s="101">
         <f>SUM('#2 Additional Household Income'!F5:F7)+SUM('#2 Additional Household Income'!F11:F13)+SUM('#2 Additional Household Income'!F17:F19)+'#2 Additional Household Income'!C28</f>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C25" s="39">
+    <row r="25" spans="1:6" ht="15" customHeight="1">
+      <c r="A25" s="33" t="s">
+        <v>71</v>
+      </c>
+      <c r="B25" s="34">
+        <v>0</v>
+      </c>
+      <c r="C25" s="35">
         <f>B25*12</f>
         <v>0</v>
       </c>
-      <c r="D25" s="106"/>
-[...10 lines deleted...]
-      <c r="C26" s="39">
+      <c r="D25" s="105"/>
+      <c r="E25" s="106"/>
+      <c r="F25" s="102"/>
+    </row>
+    <row r="26" spans="1:6" ht="15" customHeight="1">
+      <c r="A26" s="37" t="s">
+        <v>72</v>
+      </c>
+      <c r="B26" s="34">
+        <v>0</v>
+      </c>
+      <c r="C26" s="35">
         <f>B26*12</f>
         <v>0</v>
       </c>
-      <c r="D26" s="104" t="s">
-[...3 lines deleted...]
-      <c r="F26" s="108">
+      <c r="D26" s="103" t="s">
+        <v>73</v>
+      </c>
+      <c r="E26" s="104"/>
+      <c r="F26" s="107">
         <f>SUM('#3 Additional Household Income'!F5:F7)+SUM('#3 Additional Household Income'!F11:F13)+SUM('#3 Additional Household Income'!F17:F19)+'#3 Additional Household Income'!C28</f>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:6" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="C27" s="39">
+    <row r="27" spans="1:6" ht="15" customHeight="1" thickBot="1">
+      <c r="A27" s="37" t="s">
+        <v>74</v>
+      </c>
+      <c r="B27" s="34">
+        <v>0</v>
+      </c>
+      <c r="C27" s="35">
         <f>B27*12</f>
         <v>0</v>
       </c>
-      <c r="D27" s="106"/>
-[...8 lines deleted...]
-      <c r="C28" s="53">
+      <c r="D27" s="105"/>
+      <c r="E27" s="106"/>
+      <c r="F27" s="108"/>
+    </row>
+    <row r="28" spans="1:6" ht="15" customHeight="1">
+      <c r="A28" s="114" t="s">
+        <v>75</v>
+      </c>
+      <c r="B28" s="115"/>
+      <c r="C28" s="40">
         <f>SUM(C23:C27)</f>
         <v>0</v>
       </c>
-      <c r="D28" s="110" t="s">
-[...3 lines deleted...]
-      <c r="F28" s="113">
+      <c r="D28" s="109" t="s">
+        <v>76</v>
+      </c>
+      <c r="E28" s="109"/>
+      <c r="F28" s="112">
         <f>SUM(F22:F27)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:6" x14ac:dyDescent="0.3">
-[...37 lines deleted...]
-      <c r="F32" s="98"/>
+    <row r="29" spans="1:6">
+      <c r="A29" s="59" t="s">
+        <v>11</v>
+      </c>
+      <c r="B29" s="60" t="s">
+        <v>11</v>
+      </c>
+      <c r="C29" s="60" t="s">
+        <v>11</v>
+      </c>
+      <c r="D29" s="110"/>
+      <c r="E29" s="111"/>
+      <c r="F29" s="113"/>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30" s="89" t="s">
+        <v>77</v>
+      </c>
+      <c r="B30" s="90"/>
+      <c r="C30" s="90"/>
+      <c r="D30" s="90"/>
+      <c r="E30" s="90"/>
+      <c r="F30" s="91"/>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31" s="92"/>
+      <c r="B31" s="93"/>
+      <c r="C31" s="93"/>
+      <c r="D31" s="93"/>
+      <c r="E31" s="93"/>
+      <c r="F31" s="94"/>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32" s="95"/>
+      <c r="B32" s="96"/>
+      <c r="C32" s="96"/>
+      <c r="D32" s="96"/>
+      <c r="E32" s="96"/>
+      <c r="F32" s="97"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="teWCRQNQtiF6LmnVLpbTlQVW6GERW9QOkijLRNt71QxLtyfMUbdOBz0sI1gvHKC413dPDco8jGkmvlO5tFXSig==" saltValue="1/I+KXgFUJjx5/d844FBvw==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="20">
-    <mergeCell ref="A16:A17"/>
-[...6 lines deleted...]
-    <mergeCell ref="A3:F3"/>
     <mergeCell ref="A30:F30"/>
     <mergeCell ref="A31:F32"/>
     <mergeCell ref="A21:F21"/>
     <mergeCell ref="F24:F25"/>
     <mergeCell ref="D26:E27"/>
     <mergeCell ref="F26:F27"/>
     <mergeCell ref="D28:E29"/>
     <mergeCell ref="F28:F29"/>
     <mergeCell ref="A28:B28"/>
     <mergeCell ref="D22:E23"/>
     <mergeCell ref="F22:F23"/>
     <mergeCell ref="D24:E25"/>
+    <mergeCell ref="A16:A17"/>
+    <mergeCell ref="A15:F15"/>
+    <mergeCell ref="D1:E1"/>
+    <mergeCell ref="D2:E2"/>
+    <mergeCell ref="A1:C2"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="A10:A11"/>
+    <mergeCell ref="A3:F3"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="1" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="F6" formulaRange="1"/>
     <ignoredError sqref="F22" emptyCellReference="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:L28"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="I23" sqref="I23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.45"/>
   <cols>
-    <col min="1" max="1" width="28.6640625" style="4" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="16384" width="9.109375" style="4"/>
+    <col min="1" max="1" width="28.7109375" style="4" customWidth="1"/>
+    <col min="2" max="5" width="16.7109375" style="4" customWidth="1"/>
+    <col min="6" max="6" width="21.7109375" style="4" customWidth="1"/>
+    <col min="7" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...52 lines deleted...]
-      <c r="A5" s="120"/>
+    <row r="1" spans="1:12" ht="15" customHeight="1">
+      <c r="A1" s="82" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="83"/>
+      <c r="C1" s="83"/>
+      <c r="D1" s="79" t="s">
+        <v>47</v>
+      </c>
+      <c r="E1" s="80"/>
+      <c r="F1" s="55"/>
+    </row>
+    <row r="2" spans="1:12" ht="15" customHeight="1">
+      <c r="A2" s="84"/>
+      <c r="B2" s="85"/>
+      <c r="C2" s="85"/>
+      <c r="D2" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="81"/>
+      <c r="F2" s="55"/>
+    </row>
+    <row r="3" spans="1:12" ht="15.75" customHeight="1">
+      <c r="A3" s="86" t="s">
+        <v>49</v>
+      </c>
+      <c r="B3" s="87"/>
+      <c r="C3" s="87"/>
+      <c r="D3" s="87"/>
+      <c r="E3" s="87"/>
+      <c r="F3" s="88"/>
+    </row>
+    <row r="4" spans="1:12" ht="21.75" customHeight="1">
+      <c r="A4" s="78" t="s">
+        <v>50</v>
+      </c>
+      <c r="B4" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C4" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D4" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E4" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="15.75" customHeight="1">
+      <c r="A5" s="78"/>
       <c r="B5" s="2" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>0</v>
-[...7 lines deleted...]
-      <c r="F5" s="18">
+        <v>11</v>
+      </c>
+      <c r="D5" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F5" s="16">
         <f>SUM(B5:C5)/2*52</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>4</v>
+    <row r="6" spans="1:12">
+      <c r="A6" s="15" t="s">
+        <v>56</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>0</v>
-[...4 lines deleted...]
-      <c r="F6" s="18">
+        <v>11</v>
+      </c>
+      <c r="E6" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="16">
         <f>SUM(B6:D6)/3*52</f>
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-      <c r="F7" s="18">
+    <row r="7" spans="1:12">
+      <c r="A7" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" s="16">
         <f>SUM(B7:E7)/4*52</f>
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-        <v>0</v>
+    <row r="8" spans="1:12">
+      <c r="A8" s="21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" s="57" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" s="57"/>
+      <c r="D8" s="51"/>
+      <c r="E8" s="51"/>
+      <c r="F8" s="54" t="s">
+        <v>11</v>
       </c>
       <c r="I8" s="4" t="s">
-        <v>0</v>
-[...33 lines deleted...]
-      <c r="A11" s="120"/>
+        <v>11</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="15.75" customHeight="1">
+      <c r="A9" s="70" t="s">
+        <v>59</v>
+      </c>
+      <c r="B9" s="14"/>
+      <c r="C9" s="14"/>
+      <c r="D9" s="14"/>
+      <c r="E9" s="14"/>
+      <c r="F9" s="19"/>
+    </row>
+    <row r="10" spans="1:12" ht="17.25" customHeight="1">
+      <c r="A10" s="78" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="15.75" customHeight="1">
+      <c r="A11" s="78"/>
       <c r="B11" s="3"/>
       <c r="C11" s="2"/>
-      <c r="D11" s="22" t="s">
-[...5 lines deleted...]
-      <c r="F11" s="18">
+      <c r="D11" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="16">
         <f>SUM(B11:C11)/2*26</f>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:12" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>4</v>
+    <row r="12" spans="1:12">
+      <c r="A12" s="15" t="s">
+        <v>56</v>
       </c>
       <c r="B12" s="3"/>
       <c r="C12" s="2"/>
-      <c r="D12" s="19"/>
-[...3 lines deleted...]
-      <c r="F12" s="18">
+      <c r="D12" s="17"/>
+      <c r="E12" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="16">
         <f>SUM(B12:D12)/3*26</f>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:12" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>5</v>
+    <row r="13" spans="1:12">
+      <c r="A13" s="10" t="s">
+        <v>57</v>
       </c>
       <c r="B13" s="2"/>
-      <c r="C13" s="20"/>
+      <c r="C13" s="18"/>
       <c r="D13" s="2"/>
       <c r="E13" s="3" t="s">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F13" s="18">
+        <v>11</v>
+      </c>
+      <c r="F13" s="16">
         <f>SUM(B13:E13)/4*26</f>
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.3">
-[...47 lines deleted...]
-      <c r="A17" s="120"/>
+    <row r="14" spans="1:12">
+      <c r="A14" s="21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="C14" s="51"/>
+      <c r="D14" s="51"/>
+      <c r="E14" s="51"/>
+      <c r="F14" s="54" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" s="7"/>
+    </row>
+    <row r="15" spans="1:12" ht="15.75" customHeight="1">
+      <c r="A15" s="142" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" s="140"/>
+      <c r="C15" s="140"/>
+      <c r="D15" s="140"/>
+      <c r="E15" s="140"/>
+      <c r="F15" s="141"/>
+    </row>
+    <row r="16" spans="1:12" ht="15.75" customHeight="1">
+      <c r="A16" s="78" t="s">
+        <v>50</v>
+      </c>
+      <c r="B16" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E16" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="G16" s="8"/>
+      <c r="L16" s="6"/>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17" s="78"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
-      <c r="D17" s="22" t="s">
-[...5 lines deleted...]
-      <c r="F17" s="18">
+      <c r="D17" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="16">
         <f>SUM(B17:C17)/2*24</f>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:7" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>4</v>
+    <row r="18" spans="1:7">
+      <c r="A18" s="15" t="s">
+        <v>56</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
-      <c r="E18" s="22" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="18">
+      <c r="E18" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F18" s="16">
         <f>SUM(B18:D18)/3*24</f>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:7" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>5</v>
+    <row r="19" spans="1:7">
+      <c r="A19" s="15" t="s">
+        <v>57</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="3" t="s">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F19" s="18">
+        <v>11</v>
+      </c>
+      <c r="F19" s="16">
         <f>SUM(B19:E19)/4*24</f>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:7" x14ac:dyDescent="0.3">
-[...37 lines deleted...]
-      <c r="F22" s="25"/>
+    <row r="20" spans="1:7">
+      <c r="A20" s="21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B20" s="53" t="s">
+        <v>11</v>
+      </c>
+      <c r="C20" s="52"/>
+      <c r="D20" s="52"/>
+      <c r="E20" s="52"/>
+      <c r="F20" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7">
+      <c r="A21" s="98" t="s">
+        <v>63</v>
+      </c>
+      <c r="B21" s="99"/>
+      <c r="C21" s="99"/>
+      <c r="D21" s="99"/>
+      <c r="E21" s="99"/>
+      <c r="F21" s="100"/>
+    </row>
+    <row r="22" spans="1:7" ht="15.75" customHeight="1">
+      <c r="A22" s="30" t="s">
+        <v>64</v>
+      </c>
+      <c r="B22" s="31" t="s">
+        <v>65</v>
+      </c>
+      <c r="C22" s="32" t="s">
+        <v>66</v>
+      </c>
+      <c r="D22" s="122" t="s">
+        <v>78</v>
+      </c>
+      <c r="E22" s="22"/>
+      <c r="F22" s="23"/>
       <c r="G22" s="4" t="s">
-        <v>0</v>
-[...9 lines deleted...]
-      <c r="C23" s="39">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="15" customHeight="1">
+      <c r="A23" s="33" t="s">
+        <v>68</v>
+      </c>
+      <c r="B23" s="34">
+        <v>0</v>
+      </c>
+      <c r="C23" s="35">
         <f>B23*12</f>
         <v>0</v>
       </c>
-      <c r="D23" s="139"/>
-[...10 lines deleted...]
-      <c r="C24" s="39">
+      <c r="D23" s="123"/>
+      <c r="E23" s="124"/>
+      <c r="F23" s="125"/>
+    </row>
+    <row r="24" spans="1:7" ht="15" customHeight="1">
+      <c r="A24" s="33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B24" s="34">
+        <v>0</v>
+      </c>
+      <c r="C24" s="35">
         <f>B24*12</f>
         <v>0</v>
       </c>
-      <c r="D24" s="28"/>
-[...10 lines deleted...]
-      <c r="C25" s="39">
+      <c r="D24" s="24"/>
+      <c r="E24" s="71"/>
+      <c r="F24" s="72"/>
+    </row>
+    <row r="25" spans="1:7" ht="15" customHeight="1">
+      <c r="A25" s="33" t="s">
+        <v>71</v>
+      </c>
+      <c r="B25" s="34">
+        <v>0</v>
+      </c>
+      <c r="C25" s="35">
         <f>B25*12</f>
         <v>0</v>
       </c>
-      <c r="D25" s="142" t="s">
+      <c r="D25" s="126" t="s">
         <v>79</v>
       </c>
-      <c r="E25" s="143"/>
-[...9 lines deleted...]
-      <c r="C26" s="39">
+      <c r="E25" s="127"/>
+      <c r="F25" s="25"/>
+    </row>
+    <row r="26" spans="1:7" ht="15" customHeight="1">
+      <c r="A26" s="37" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" s="34">
+        <v>0</v>
+      </c>
+      <c r="C26" s="35">
         <f>B26*12</f>
         <v>0</v>
       </c>
-      <c r="D26" s="144"/>
-[...1 lines deleted...]
-      <c r="F26" s="30">
+      <c r="D26" s="128"/>
+      <c r="E26" s="129"/>
+      <c r="F26" s="26">
         <f>SUM(F5:F7)+SUM(F11:F13)+SUM(F17:F19)+C28</f>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="C27" s="39">
+    <row r="27" spans="1:7" ht="15" customHeight="1">
+      <c r="A27" s="37" t="s">
+        <v>74</v>
+      </c>
+      <c r="B27" s="34">
+        <v>0</v>
+      </c>
+      <c r="C27" s="35">
         <f>B27*12</f>
         <v>0</v>
       </c>
-      <c r="D27" s="146"/>
-[...8 lines deleted...]
-      <c r="C28" s="40">
+      <c r="D27" s="130"/>
+      <c r="E27" s="131"/>
+      <c r="F27" s="29"/>
+    </row>
+    <row r="28" spans="1:7" ht="15" customHeight="1">
+      <c r="A28" s="114" t="s">
+        <v>75</v>
+      </c>
+      <c r="B28" s="119"/>
+      <c r="C28" s="36">
         <f>SUM(C23:C27)</f>
         <v>0</v>
       </c>
-      <c r="D28" s="136" t="s">
-[...3 lines deleted...]
-      <c r="F28" s="137"/>
+      <c r="D28" s="120" t="s">
+        <v>80</v>
+      </c>
+      <c r="E28" s="121"/>
+      <c r="F28" s="121"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="yOux8jh9rzeAK9icp5rBxPtjHxWbx4yDE/P9I3Es3lY659xDRqzEmkDM5/PdAFvs3a2GgbyIhHAN0wmPLPhtKw==" saltValue="R5btP22pnlr/85Mdj1cGFg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="14">
+    <mergeCell ref="A1:C2"/>
+    <mergeCell ref="D1:E1"/>
+    <mergeCell ref="D2:E2"/>
+    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="A4:A5"/>
     <mergeCell ref="A10:A11"/>
     <mergeCell ref="A15:F15"/>
     <mergeCell ref="A16:A17"/>
     <mergeCell ref="A28:B28"/>
     <mergeCell ref="D28:F28"/>
     <mergeCell ref="A21:F21"/>
     <mergeCell ref="D22:D23"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="D25:E27"/>
-    <mergeCell ref="A1:C2"/>
-[...3 lines deleted...]
-    <mergeCell ref="A4:A5"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="5121" r:id="rId4" name="Check Box 1">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>236220</xdr:colOff>
                     <xdr:row>21</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>5</xdr:col>
                     <xdr:colOff>1066800</xdr:colOff>
                     <xdr:row>22</xdr:row>
                     <xdr:rowOff>22860</xdr:rowOff>
@@ -4279,535 +4686,535 @@
                   <to>
                     <xdr:col>5</xdr:col>
                     <xdr:colOff>1066800</xdr:colOff>
                     <xdr:row>23</xdr:row>
                     <xdr:rowOff>30480</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:L28"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="H17" sqref="H17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="14.45"/>
   <cols>
-    <col min="1" max="1" width="28.6640625" style="4" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="16384" width="9.109375" style="4"/>
+    <col min="1" max="1" width="28.7109375" style="4" customWidth="1"/>
+    <col min="2" max="5" width="16.7109375" style="4" customWidth="1"/>
+    <col min="6" max="6" width="21.7109375" style="4" customWidth="1"/>
+    <col min="7" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
-[...52 lines deleted...]
-      <c r="A5" s="120"/>
+    <row r="1" spans="1:12" ht="15" customHeight="1">
+      <c r="A1" s="82" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1" s="83"/>
+      <c r="C1" s="83"/>
+      <c r="D1" s="79" t="s">
+        <v>47</v>
+      </c>
+      <c r="E1" s="81"/>
+      <c r="F1" s="55"/>
+    </row>
+    <row r="2" spans="1:12" ht="15" customHeight="1">
+      <c r="A2" s="84"/>
+      <c r="B2" s="85"/>
+      <c r="C2" s="85"/>
+      <c r="D2" s="79" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" s="81"/>
+      <c r="F2" s="55"/>
+    </row>
+    <row r="3" spans="1:12" ht="15.75" customHeight="1">
+      <c r="A3" s="86" t="s">
+        <v>49</v>
+      </c>
+      <c r="B3" s="87"/>
+      <c r="C3" s="87"/>
+      <c r="D3" s="87"/>
+      <c r="E3" s="87"/>
+      <c r="F3" s="88"/>
+    </row>
+    <row r="4" spans="1:12" ht="21.75" customHeight="1">
+      <c r="A4" s="78" t="s">
+        <v>50</v>
+      </c>
+      <c r="B4" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C4" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D4" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E4" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="15.75" customHeight="1">
+      <c r="A5" s="78"/>
       <c r="B5" s="2" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>0</v>
-[...7 lines deleted...]
-      <c r="F5" s="18">
+        <v>11</v>
+      </c>
+      <c r="D5" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F5" s="16">
         <f>SUM(B5:C5)/2*52</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>4</v>
+    <row r="6" spans="1:12">
+      <c r="A6" s="15" t="s">
+        <v>56</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>0</v>
-[...4 lines deleted...]
-      <c r="F6" s="18">
+        <v>11</v>
+      </c>
+      <c r="E6" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="16">
         <f>SUM(B6:D6)/3*52</f>
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-      <c r="F7" s="18">
+    <row r="7" spans="1:12">
+      <c r="A7" s="10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" s="16">
         <f>SUM(B7:E7)/4*52</f>
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.3">
-[...42 lines deleted...]
-      <c r="A11" s="120"/>
+    <row r="8" spans="1:12">
+      <c r="A8" s="21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" s="51"/>
+      <c r="C8" s="51"/>
+      <c r="D8" s="51"/>
+      <c r="E8" s="51"/>
+      <c r="F8" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="15.75" customHeight="1">
+      <c r="A9" s="70" t="s">
+        <v>59</v>
+      </c>
+      <c r="B9" s="14"/>
+      <c r="C9" s="14"/>
+      <c r="D9" s="14"/>
+      <c r="E9" s="14"/>
+      <c r="F9" s="19"/>
+    </row>
+    <row r="10" spans="1:12" ht="17.25" customHeight="1">
+      <c r="A10" s="78" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E10" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="15.75" customHeight="1">
+      <c r="A11" s="78"/>
       <c r="B11" s="3" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>0</v>
-[...7 lines deleted...]
-      <c r="F11" s="18">
+        <v>11</v>
+      </c>
+      <c r="D11" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="16">
         <f>SUM(B11:C11)/2*26</f>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:12" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>4</v>
+    <row r="12" spans="1:12">
+      <c r="A12" s="15" t="s">
+        <v>56</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>0</v>
-[...7 lines deleted...]
-      <c r="F12" s="18">
+        <v>11</v>
+      </c>
+      <c r="D12" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="16">
         <f>SUM(B12:D12)/3*26</f>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:12" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>5</v>
+    <row r="13" spans="1:12">
+      <c r="A13" s="10" t="s">
+        <v>57</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>11</v>
+      </c>
+      <c r="C13" s="18" t="s">
+        <v>11</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F13" s="18">
+        <v>11</v>
+      </c>
+      <c r="F13" s="16">
         <f>SUM(B13:E13)/4*26</f>
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.3">
-[...45 lines deleted...]
-      <c r="A17" s="120"/>
+    <row r="14" spans="1:12">
+      <c r="A14" s="21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" s="51"/>
+      <c r="C14" s="51"/>
+      <c r="D14" s="51"/>
+      <c r="E14" s="51"/>
+      <c r="F14" s="54" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" s="7"/>
+    </row>
+    <row r="15" spans="1:12" ht="15.75" customHeight="1">
+      <c r="A15" s="142" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" s="140"/>
+      <c r="C15" s="140"/>
+      <c r="D15" s="140"/>
+      <c r="E15" s="140"/>
+      <c r="F15" s="141"/>
+    </row>
+    <row r="16" spans="1:12" ht="15.75" customHeight="1">
+      <c r="A16" s="78" t="s">
+        <v>50</v>
+      </c>
+      <c r="B16" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E16" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="G16" s="8"/>
+      <c r="L16" s="6"/>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17" s="78"/>
       <c r="B17" s="2" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>0</v>
-[...7 lines deleted...]
-      <c r="F17" s="18">
+        <v>11</v>
+      </c>
+      <c r="D17" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="16">
         <f>SUM(B17:C17)/2*24</f>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:7" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>4</v>
+    <row r="18" spans="1:7">
+      <c r="A18" s="15" t="s">
+        <v>56</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>0</v>
-[...4 lines deleted...]
-      <c r="F18" s="18">
+        <v>11</v>
+      </c>
+      <c r="E18" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F18" s="16">
         <f>SUM(B18:D18)/3*24</f>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:7" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>5</v>
+    <row r="19" spans="1:7">
+      <c r="A19" s="15" t="s">
+        <v>57</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="F19" s="18">
+        <v>11</v>
+      </c>
+      <c r="F19" s="16">
         <f>SUM(B19:E19)/4*24</f>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:7" x14ac:dyDescent="0.3">
-[...37 lines deleted...]
-      <c r="F22" s="25"/>
+    <row r="20" spans="1:7">
+      <c r="A20" s="21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B20" s="53" t="s">
+        <v>11</v>
+      </c>
+      <c r="C20" s="52"/>
+      <c r="D20" s="52"/>
+      <c r="E20" s="52"/>
+      <c r="F20" s="54" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7">
+      <c r="A21" s="98" t="s">
+        <v>63</v>
+      </c>
+      <c r="B21" s="99"/>
+      <c r="C21" s="99"/>
+      <c r="D21" s="99"/>
+      <c r="E21" s="99"/>
+      <c r="F21" s="100"/>
+    </row>
+    <row r="22" spans="1:7" ht="15.75" customHeight="1">
+      <c r="A22" s="30" t="s">
+        <v>64</v>
+      </c>
+      <c r="B22" s="31" t="s">
+        <v>65</v>
+      </c>
+      <c r="C22" s="32" t="s">
+        <v>66</v>
+      </c>
+      <c r="D22" s="122" t="s">
+        <v>78</v>
+      </c>
+      <c r="E22" s="22"/>
+      <c r="F22" s="23"/>
       <c r="G22" s="4" t="s">
-        <v>0</v>
-[...9 lines deleted...]
-      <c r="C23" s="39">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="15" customHeight="1">
+      <c r="A23" s="33" t="s">
+        <v>68</v>
+      </c>
+      <c r="B23" s="34">
+        <v>0</v>
+      </c>
+      <c r="C23" s="35">
         <f>B23*12</f>
         <v>0</v>
       </c>
-      <c r="D23" s="139"/>
-[...10 lines deleted...]
-      <c r="C24" s="39">
+      <c r="D23" s="123"/>
+      <c r="E23" s="124"/>
+      <c r="F23" s="125"/>
+    </row>
+    <row r="24" spans="1:7" ht="15" customHeight="1">
+      <c r="A24" s="33" t="s">
+        <v>69</v>
+      </c>
+      <c r="B24" s="34">
+        <v>0</v>
+      </c>
+      <c r="C24" s="35">
         <f>B24*12</f>
         <v>0</v>
       </c>
-      <c r="D24" s="28"/>
-[...10 lines deleted...]
-      <c r="C25" s="39">
+      <c r="D24" s="24"/>
+      <c r="E24" s="71"/>
+      <c r="F24" s="72"/>
+    </row>
+    <row r="25" spans="1:7" ht="15" customHeight="1">
+      <c r="A25" s="33" t="s">
+        <v>71</v>
+      </c>
+      <c r="B25" s="34">
+        <v>0</v>
+      </c>
+      <c r="C25" s="35">
         <f>B25*12</f>
         <v>0</v>
       </c>
-      <c r="D25" s="142" t="s">
+      <c r="D25" s="126" t="s">
+        <v>81</v>
+      </c>
+      <c r="E25" s="127"/>
+      <c r="F25" s="25"/>
+    </row>
+    <row r="26" spans="1:7" ht="15" customHeight="1">
+      <c r="A26" s="37" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" s="34">
+        <v>0</v>
+      </c>
+      <c r="C26" s="35">
+        <f>B26*12</f>
+        <v>0</v>
+      </c>
+      <c r="D26" s="128"/>
+      <c r="E26" s="129"/>
+      <c r="F26" s="26">
+        <f>SUM(F5:F7)+SUM(F11:F13)+SUM(F17:F19)+C28</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" ht="15" customHeight="1">
+      <c r="A27" s="37" t="s">
+        <v>74</v>
+      </c>
+      <c r="B27" s="34">
+        <v>0</v>
+      </c>
+      <c r="C27" s="35">
+        <f>B27*12</f>
+        <v>0</v>
+      </c>
+      <c r="D27" s="130"/>
+      <c r="E27" s="131"/>
+      <c r="F27" s="29"/>
+    </row>
+    <row r="28" spans="1:7" ht="15" customHeight="1">
+      <c r="A28" s="114" t="s">
+        <v>75</v>
+      </c>
+      <c r="B28" s="119"/>
+      <c r="C28" s="36">
+        <f>SUM(C23:C27)</f>
+        <v>0</v>
+      </c>
+      <c r="D28" s="120" t="s">
         <v>80</v>
       </c>
-      <c r="E25" s="143"/>
-[...48 lines deleted...]
-      <c r="F28" s="137"/>
+      <c r="E28" s="121"/>
+      <c r="F28" s="121"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="5ZnaWF3nIXixmd76cx5b15UscHnuiK8UAllBEQaxeswhT3Po+jFS/J0cfdbgnk/+qki4BWevbdsyimaAXSM/TQ==" saltValue="s/RDKpwldjemY8VwJi8tVw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="14">
-    <mergeCell ref="A28:B28"/>
-[...3 lines deleted...]
-    <mergeCell ref="E23:F23"/>
     <mergeCell ref="A21:F21"/>
     <mergeCell ref="A1:C2"/>
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="A10:A11"/>
     <mergeCell ref="A15:F15"/>
     <mergeCell ref="A16:A17"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="D25:E27"/>
+    <mergeCell ref="D28:F28"/>
+    <mergeCell ref="D22:D23"/>
+    <mergeCell ref="E23:F23"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="3078" r:id="rId4" name="Check Box 6">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>236220</xdr:colOff>
                     <xdr:row>21</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>5</xdr:col>
                     <xdr:colOff>1066800</xdr:colOff>
                     <xdr:row>22</xdr:row>
                     <xdr:rowOff>22860</xdr:rowOff>
@@ -4827,507 +5234,758 @@
                     <xdr:colOff>236220</xdr:colOff>
                     <xdr:row>22</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>5</xdr:col>
                     <xdr:colOff>1066800</xdr:colOff>
                     <xdr:row>23</xdr:row>
                     <xdr:rowOff>30480</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:K29"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="C24" sqref="C24"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="B7" workbookViewId="0">
+      <selection activeCell="E15" sqref="E15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="14.45"/>
   <cols>
-    <col min="1" max="9" width="25.6640625" customWidth="1"/>
+    <col min="1" max="9" width="25.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="49" customFormat="1" ht="18" x14ac:dyDescent="0.35">
-[...27 lines deleted...]
-      <c r="G3" s="56" t="s">
+    <row r="1" spans="1:11" s="39" customFormat="1" ht="18">
+      <c r="A1" s="143" t="s">
+        <v>82</v>
+      </c>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="64"/>
+      <c r="F1" s="64"/>
+      <c r="G1" s="64"/>
+      <c r="H1" s="64"/>
+      <c r="I1" s="64"/>
+      <c r="J1" s="64"/>
+      <c r="K1" s="64"/>
+    </row>
+    <row r="2" spans="1:11" s="39" customFormat="1">
+      <c r="A2" s="64"/>
+      <c r="B2" s="64"/>
+      <c r="C2" s="64"/>
+      <c r="D2" s="64"/>
+      <c r="E2" s="64"/>
+      <c r="F2" s="64"/>
+      <c r="G2" s="64"/>
+      <c r="H2" s="64"/>
+      <c r="I2" s="64"/>
+      <c r="J2" s="64"/>
+      <c r="K2" s="64"/>
+    </row>
+    <row r="3" spans="1:11" ht="24.75" customHeight="1">
+      <c r="A3" s="43" t="s">
+        <v>83</v>
+      </c>
+      <c r="B3" s="43" t="s">
+        <v>84</v>
+      </c>
+      <c r="C3" s="43" t="s">
+        <v>85</v>
+      </c>
+      <c r="D3" s="43" t="s">
+        <v>86</v>
+      </c>
+      <c r="E3" s="43" t="s">
+        <v>87</v>
+      </c>
+      <c r="F3" s="43" t="s">
+        <v>88</v>
+      </c>
+      <c r="G3" s="43" t="s">
+        <v>89</v>
+      </c>
+      <c r="H3" s="43" t="s">
+        <v>90</v>
+      </c>
+      <c r="I3" s="43" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
     </row>
-    <row r="4" spans="1:11" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
-[...25 lines deleted...]
-        <v>108300</v>
+    <row r="4" spans="1:11" ht="24.75" customHeight="1">
+      <c r="A4" s="41" t="s">
+        <v>66</v>
+      </c>
+      <c r="B4" s="42">
+        <v>31920</v>
+      </c>
+      <c r="C4" s="42">
+        <v>43280</v>
+      </c>
+      <c r="D4" s="42">
+        <v>54640</v>
+      </c>
+      <c r="E4" s="42">
+        <v>66000</v>
+      </c>
+      <c r="F4" s="42">
+        <v>77360</v>
+      </c>
+      <c r="G4" s="42">
+        <v>88720</v>
+      </c>
+      <c r="H4" s="42">
+        <v>100080</v>
+      </c>
+      <c r="I4" s="42">
+        <v>111440</v>
       </c>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
     </row>
-    <row r="5" spans="1:11" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B5" s="55">
+    <row r="5" spans="1:11" ht="24.75" customHeight="1">
+      <c r="A5" s="41" t="s">
+        <v>92</v>
+      </c>
+      <c r="B5" s="42">
         <f>B4/12</f>
-        <v>2608.3333333333335</v>
-[...1 lines deleted...]
-      <c r="C5" s="55">
+        <v>2660</v>
+      </c>
+      <c r="C5" s="42">
         <f t="shared" ref="C5:F5" si="0">C4/12</f>
-        <v>3525</v>
-[...1 lines deleted...]
-      <c r="D5" s="55">
+        <v>3606.6666666666665</v>
+      </c>
+      <c r="D5" s="42">
         <f t="shared" si="0"/>
-        <v>4441.666666666667</v>
-[...1 lines deleted...]
-      <c r="E5" s="55">
+        <v>4553.333333333333</v>
+      </c>
+      <c r="E5" s="42">
         <f t="shared" si="0"/>
-        <v>5358.333333333333</v>
-[...1 lines deleted...]
-      <c r="F5" s="55">
+        <v>5500</v>
+      </c>
+      <c r="F5" s="42">
         <f t="shared" si="0"/>
-        <v>6275</v>
-[...1 lines deleted...]
-      <c r="G5" s="55">
+        <v>6446.666666666667</v>
+      </c>
+      <c r="G5" s="42">
         <f t="shared" ref="G5:H5" si="1">G4/12</f>
-        <v>7191.666666666667</v>
-[...1 lines deleted...]
-      <c r="H5" s="55">
+        <v>7393.333333333333</v>
+      </c>
+      <c r="H5" s="42">
         <f t="shared" si="1"/>
-        <v>8108.333333333333</v>
-[...1 lines deleted...]
-      <c r="I5" s="55">
+        <v>8340</v>
+      </c>
+      <c r="I5" s="42">
         <f t="shared" ref="I5" si="2">I4/12</f>
-        <v>9025</v>
+        <v>9286.6666666666661</v>
       </c>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
     </row>
-    <row r="6" spans="1:11" ht="21" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="I6" s="150"/>
+    <row r="6" spans="1:11" ht="21" customHeight="1">
+      <c r="A6" s="132" t="s">
+        <v>93</v>
+      </c>
+      <c r="B6" s="133"/>
+      <c r="C6" s="133"/>
+      <c r="D6" s="133"/>
+      <c r="E6" s="133"/>
+      <c r="F6" s="133"/>
+      <c r="G6" s="133"/>
+      <c r="H6" s="133"/>
+      <c r="I6" s="133"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
     </row>
-    <row r="7" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:11">
       <c r="A7" s="1"/>
       <c r="B7" s="1"/>
       <c r="C7" s="1"/>
-      <c r="D7" s="1"/>
+      <c r="D7" s="62" t="s">
+        <v>11</v>
+      </c>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
     </row>
-    <row r="8" spans="1:11" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:11">
       <c r="A8" s="1"/>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
     </row>
-    <row r="9" spans="1:11" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="G9" s="56" t="s">
+    <row r="9" spans="1:11" ht="24.75" customHeight="1">
+      <c r="A9" s="46" t="s">
+        <v>94</v>
+      </c>
+      <c r="B9" s="43" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" s="43" t="s">
+        <v>85</v>
+      </c>
+      <c r="D9" s="43" t="s">
+        <v>86</v>
+      </c>
+      <c r="E9" s="43" t="s">
+        <v>87</v>
+      </c>
+      <c r="F9" s="43" t="s">
+        <v>88</v>
+      </c>
+      <c r="G9" s="43" t="s">
+        <v>89</v>
+      </c>
+      <c r="H9" s="43" t="s">
+        <v>90</v>
+      </c>
+      <c r="I9" s="43" t="s">
         <v>91</v>
       </c>
-      <c r="H9" s="56" t="s">
+      <c r="J9" s="64"/>
+      <c r="K9" s="64"/>
+    </row>
+    <row r="10" spans="1:11" ht="24.75" customHeight="1">
+      <c r="A10" s="41" t="s">
+        <v>66</v>
+      </c>
+      <c r="B10" s="42">
+        <v>23940</v>
+      </c>
+      <c r="C10" s="42">
+        <v>32460</v>
+      </c>
+      <c r="D10" s="42">
+        <v>40980</v>
+      </c>
+      <c r="E10" s="42">
+        <v>49500</v>
+      </c>
+      <c r="F10" s="42">
+        <v>58020</v>
+      </c>
+      <c r="G10" s="42">
+        <v>66540</v>
+      </c>
+      <c r="H10" s="42">
+        <v>75060</v>
+      </c>
+      <c r="I10" s="42">
+        <v>83580</v>
+      </c>
+      <c r="J10" s="64"/>
+      <c r="K10" s="64"/>
+    </row>
+    <row r="11" spans="1:11" ht="24.75" customHeight="1">
+      <c r="A11" s="44" t="s">
         <v>92</v>
       </c>
-      <c r="I9" s="56" t="s">
-[...36 lines deleted...]
-      <c r="B11" s="55">
+      <c r="B11" s="42">
         <f>B10/12</f>
-        <v>1956.25</v>
-[...1 lines deleted...]
-      <c r="C11" s="55">
+        <v>1995</v>
+      </c>
+      <c r="C11" s="42">
         <f t="shared" ref="C11:I11" si="3">C10/12</f>
-        <v>2643.75</v>
-[...1 lines deleted...]
-      <c r="D11" s="55">
+        <v>2705</v>
+      </c>
+      <c r="D11" s="42">
         <f t="shared" si="3"/>
-        <v>3331.25</v>
-[...1 lines deleted...]
-      <c r="E11" s="55">
+        <v>3415</v>
+      </c>
+      <c r="E11" s="42">
         <f t="shared" si="3"/>
-        <v>4018.75</v>
-[...1 lines deleted...]
-      <c r="F11" s="55">
+        <v>4125</v>
+      </c>
+      <c r="F11" s="42">
         <f t="shared" si="3"/>
-        <v>4706.25</v>
-[...1 lines deleted...]
-      <c r="G11" s="55">
+        <v>4835</v>
+      </c>
+      <c r="G11" s="42">
         <f t="shared" si="3"/>
-        <v>5393.75</v>
-[...1 lines deleted...]
-      <c r="H11" s="55">
+        <v>5545</v>
+      </c>
+      <c r="H11" s="42">
         <f t="shared" si="3"/>
-        <v>6081.25</v>
-[...1 lines deleted...]
-      <c r="I11" s="55">
+        <v>6255</v>
+      </c>
+      <c r="I11" s="42">
         <f t="shared" si="3"/>
-        <v>6768.75</v>
-[...3 lines deleted...]
-      <c r="A12" s="149" t="s">
+        <v>6965</v>
+      </c>
+      <c r="J11" s="64"/>
+      <c r="K11" s="64"/>
+    </row>
+    <row r="12" spans="1:11" ht="21" customHeight="1">
+      <c r="A12" s="132" t="s">
         <v>95</v>
       </c>
-      <c r="B12" s="150"/>
-[...27 lines deleted...]
-      <c r="G15" s="56" t="s">
+      <c r="B12" s="133"/>
+      <c r="C12" s="133"/>
+      <c r="D12" s="133"/>
+      <c r="E12" s="133"/>
+      <c r="F12" s="133"/>
+      <c r="G12" s="133"/>
+      <c r="H12" s="133"/>
+      <c r="I12" s="133"/>
+      <c r="J12" s="64"/>
+      <c r="K12" s="64"/>
+    </row>
+    <row r="13" spans="1:11">
+      <c r="A13" s="64"/>
+      <c r="B13" s="64"/>
+      <c r="C13" s="64"/>
+      <c r="D13" s="64"/>
+      <c r="E13" s="49" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="64"/>
+      <c r="G13" s="64"/>
+      <c r="H13" s="64"/>
+      <c r="I13" s="64"/>
+      <c r="J13" s="64"/>
+      <c r="K13" s="64"/>
+    </row>
+    <row r="15" spans="1:11" ht="24.75" customHeight="1">
+      <c r="A15" s="45" t="s">
+        <v>96</v>
+      </c>
+      <c r="B15" s="43" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" s="43" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" s="43" t="s">
+        <v>86</v>
+      </c>
+      <c r="E15" s="43" t="s">
+        <v>87</v>
+      </c>
+      <c r="F15" s="43" t="s">
+        <v>88</v>
+      </c>
+      <c r="G15" s="43" t="s">
+        <v>89</v>
+      </c>
+      <c r="H15" s="43" t="s">
+        <v>90</v>
+      </c>
+      <c r="I15" s="43" t="s">
         <v>91</v>
       </c>
-      <c r="H15" s="56" t="s">
+      <c r="J15" s="64"/>
+      <c r="K15" s="64"/>
+    </row>
+    <row r="16" spans="1:11" ht="24.75" customHeight="1">
+      <c r="A16" s="41" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" s="42">
+        <v>15960</v>
+      </c>
+      <c r="C16" s="42">
+        <v>21640</v>
+      </c>
+      <c r="D16" s="42">
+        <v>27320</v>
+      </c>
+      <c r="E16" s="42">
+        <v>33000</v>
+      </c>
+      <c r="F16" s="42">
+        <v>38680</v>
+      </c>
+      <c r="G16" s="42">
+        <v>44360</v>
+      </c>
+      <c r="H16" s="42">
+        <v>50040</v>
+      </c>
+      <c r="I16" s="42">
+        <v>55720</v>
+      </c>
+      <c r="J16" s="64"/>
+      <c r="K16" s="64"/>
+    </row>
+    <row r="17" spans="1:9" ht="24.75" customHeight="1">
+      <c r="A17" s="41" t="s">
         <v>92</v>
       </c>
-      <c r="I15" s="56" t="s">
-[...36 lines deleted...]
-      <c r="B17" s="55">
+      <c r="B17" s="42">
         <f>B16/12</f>
-        <v>1304.1666666666667</v>
-[...1 lines deleted...]
-      <c r="C17" s="55">
+        <v>1330</v>
+      </c>
+      <c r="C17" s="42">
         <f t="shared" ref="C17:I17" si="4">C16/12</f>
-        <v>1762.5</v>
-[...1 lines deleted...]
-      <c r="D17" s="55">
+        <v>1803.3333333333333</v>
+      </c>
+      <c r="D17" s="42">
         <f t="shared" si="4"/>
-        <v>2220.8333333333335</v>
-[...1 lines deleted...]
-      <c r="E17" s="55">
+        <v>2276.6666666666665</v>
+      </c>
+      <c r="E17" s="42">
         <f t="shared" si="4"/>
-        <v>2679.1666666666665</v>
-[...1 lines deleted...]
-      <c r="F17" s="55">
+        <v>2750</v>
+      </c>
+      <c r="F17" s="42">
         <f t="shared" si="4"/>
-        <v>3137.5</v>
-[...1 lines deleted...]
-      <c r="G17" s="55">
+        <v>3223.3333333333335</v>
+      </c>
+      <c r="G17" s="42">
         <f t="shared" si="4"/>
-        <v>3595.8333333333335</v>
-[...1 lines deleted...]
-      <c r="H17" s="55">
+        <v>3696.6666666666665</v>
+      </c>
+      <c r="H17" s="42">
         <f t="shared" si="4"/>
-        <v>4054.1666666666665</v>
-[...1 lines deleted...]
-      <c r="I17" s="55">
+        <v>4170</v>
+      </c>
+      <c r="I17" s="42">
         <f t="shared" si="4"/>
-        <v>4512.5</v>
-[...3 lines deleted...]
-      <c r="A18" s="149" t="s">
+        <v>4643.333333333333</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="21" customHeight="1">
+      <c r="A18" s="132" t="s">
         <v>97</v>
       </c>
-      <c r="B18" s="150"/>
-[...51 lines deleted...]
-      <c r="G29" s="66"/>
+      <c r="B18" s="133"/>
+      <c r="C18" s="133"/>
+      <c r="D18" s="133"/>
+      <c r="E18" s="133"/>
+      <c r="F18" s="133"/>
+      <c r="G18" s="133"/>
+      <c r="H18" s="133"/>
+      <c r="I18" s="133"/>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" s="66" t="s">
+        <v>98</v>
+      </c>
+      <c r="B20" s="64"/>
+      <c r="C20" s="64"/>
+      <c r="D20" s="64"/>
+      <c r="E20" s="64"/>
+      <c r="F20" s="49"/>
+      <c r="G20" s="64"/>
+      <c r="H20" s="64"/>
+      <c r="I20" s="64"/>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" s="64"/>
+      <c r="B21" s="64"/>
+      <c r="C21" s="49" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" s="64"/>
+      <c r="E21" s="64"/>
+      <c r="F21" s="64"/>
+      <c r="G21" s="49" t="s">
+        <v>11</v>
+      </c>
+      <c r="H21" s="49"/>
+      <c r="I21" s="64"/>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" s="64"/>
+      <c r="B22" s="64"/>
+      <c r="C22" s="64"/>
+      <c r="D22" s="64"/>
+      <c r="E22" s="64"/>
+      <c r="F22" s="64"/>
+      <c r="G22" s="64"/>
+      <c r="H22" s="49"/>
+      <c r="I22" s="64"/>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" s="64"/>
+      <c r="B23" s="49"/>
+      <c r="C23" s="49" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" s="64"/>
+      <c r="E23" s="64"/>
+      <c r="F23" s="64"/>
+      <c r="G23" s="64"/>
+      <c r="H23" s="49"/>
+      <c r="I23" s="64"/>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" s="64"/>
+      <c r="B24" s="49"/>
+      <c r="C24" s="64"/>
+      <c r="D24" s="64"/>
+      <c r="E24" s="64"/>
+      <c r="F24" s="64"/>
+      <c r="G24" s="49"/>
+      <c r="H24" s="49"/>
+      <c r="I24" s="64"/>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" s="64"/>
+      <c r="B25" s="49"/>
+      <c r="C25" s="64"/>
+      <c r="D25" s="64"/>
+      <c r="E25" s="64"/>
+      <c r="F25" s="64"/>
+      <c r="G25" s="49"/>
+      <c r="H25" s="49"/>
+      <c r="I25" s="64"/>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" s="64"/>
+      <c r="B26" s="49"/>
+      <c r="C26" s="64"/>
+      <c r="D26" s="64"/>
+      <c r="E26" s="64"/>
+      <c r="F26" s="64"/>
+      <c r="G26" s="49"/>
+      <c r="H26" s="49"/>
+      <c r="I26" s="64"/>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" s="64"/>
+      <c r="B27" s="49"/>
+      <c r="C27" s="64"/>
+      <c r="D27" s="64"/>
+      <c r="E27" s="64"/>
+      <c r="F27" s="64"/>
+      <c r="G27" s="49"/>
+      <c r="H27" s="49"/>
+      <c r="I27" s="64"/>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" s="64"/>
+      <c r="B28" s="64"/>
+      <c r="C28" s="64"/>
+      <c r="D28" s="64"/>
+      <c r="E28" s="64"/>
+      <c r="F28" s="64"/>
+      <c r="G28" s="49"/>
+      <c r="H28" s="64"/>
+      <c r="I28" s="64"/>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" s="64"/>
+      <c r="B29" s="64"/>
+      <c r="C29" s="64"/>
+      <c r="D29" s="64"/>
+      <c r="E29" s="64"/>
+      <c r="F29" s="64"/>
+      <c r="G29" s="49"/>
+      <c r="H29" s="64"/>
+      <c r="I29" s="64"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="YtQTWEBiavr0VBpLMGwX0+YzmskZ2vg0/hmkMva77M33NS55x/Wie4f67ChRE1V2jXqFTux1BqZgk1LTRckGfA==" saltValue="aLwh616cfB9u8yOWhulXEA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="HRCCcPABv//Sxz6vRxM6O2sMExjFEBE4roowcsmRrx8Z0yeRuzRcU7UJ/lThsZBcW76IA3KiiTeea5cupO1fGg==" saltValue="GbLZ+/3qv1fi63Rnw0VNHg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="4">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A12:I12"/>
     <mergeCell ref="A18:I18"/>
     <mergeCell ref="A6:I6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Unknown Document Type" ma:contentTypeID="0x010104" ma:contentTypeVersion="0" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="05d83ceaa0bbd2e3bc716e6e66bd857a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b3d69fe45253d5ff147bb69036b756a7">
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all/>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type" ma:readOnly="true"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BBE279C-74EA-41A1-8706-7D267D153F3E}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FFC50D7-49E5-4B32-A87E-4E43F55460D9}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98890C87-618F-4FBC-811F-1844EEA4A548}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...32 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <Application>Microsoft Excel Online</Application>
+  <Manager/>
+  <Company/>
+  <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator/>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy/>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>